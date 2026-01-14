--- v1 (2025-11-13)
+++ v2 (2026-01-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6b226b986f4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8515e2bbfc524c70801678e3cd397a91.psmdcp" Id="R4550518bfb244437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re29f00bc0a8c4ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b3f90327d6041338c3c7c1367573fc0.psmdcp" Id="Rccefc58e6e7a42e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG23" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG23"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG25" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG25"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG23"/>
+  <x:dimension ref="A1:AG25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.505425" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="35.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.170625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -2301,50 +2301,198 @@
       <x:c r="V23" s="0" t="n">
         <x:v>10245.9771794983</x:v>
       </x:c>
       <x:c r="W23" s="0" t="n">
         <x:v>0.0245977179</x:v>
       </x:c>
       <x:c r="Z23" s="0" t="n">
         <x:v>15073.984896476</x:v>
       </x:c>
       <x:c r="AA23" s="0" t="n">
         <x:v>0.0855394605</x:v>
       </x:c>
       <x:c r="AB23" s="0" t="n">
         <x:v>12773.8300821721</x:v>
       </x:c>
       <x:c r="AC23" s="0" t="n">
         <x:v>0.2773830082</x:v>
       </x:c>
       <x:c r="AF23" s="0" t="n">
         <x:v>17025.027402114</x:v>
       </x:c>
       <x:c r="AG23" s="0" t="n">
         <x:v>0.1122887993</x:v>
       </x:c>
     </x:row>
+    <x:row r="24" spans="1:33">
+      <x:c r="A24" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E24" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G24" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="H24" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I24" s="1">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="J24" s="0" t="n">
+        <x:v>5808.8896690823</x:v>
+      </x:c>
+      <x:c r="K24" s="0" t="n">
+        <x:v>-0.4191110331</x:v>
+      </x:c>
+      <x:c r="N24" s="0" t="n">
+        <x:v>4912.1045314025</x:v>
+      </x:c>
+      <x:c r="O24" s="0" t="n">
+        <x:v>-0.1325318862</x:v>
+      </x:c>
+      <x:c r="P24" s="0" t="n">
+        <x:v>8538.0563451252</x:v>
+      </x:c>
+      <x:c r="Q24" s="0" t="n">
+        <x:v>-0.1461943655</x:v>
+      </x:c>
+      <x:c r="T24" s="0" t="n">
+        <x:v>9863.4555400927</x:v>
+      </x:c>
+      <x:c r="U24" s="0" t="n">
+        <x:v>-0.0027459281</x:v>
+      </x:c>
+      <x:c r="V24" s="0" t="n">
+        <x:v>10245.9771794983</x:v>
+      </x:c>
+      <x:c r="W24" s="0" t="n">
+        <x:v>0.0245977179</x:v>
+      </x:c>
+      <x:c r="Z24" s="0" t="n">
+        <x:v>15073.984896476</x:v>
+      </x:c>
+      <x:c r="AA24" s="0" t="n">
+        <x:v>0.0855394605</x:v>
+      </x:c>
+      <x:c r="AB24" s="0" t="n">
+        <x:v>12773.8300821721</x:v>
+      </x:c>
+      <x:c r="AC24" s="0" t="n">
+        <x:v>0.2773830082</x:v>
+      </x:c>
+      <x:c r="AF24" s="0" t="n">
+        <x:v>17025.027402114</x:v>
+      </x:c>
+      <x:c r="AG24" s="0" t="n">
+        <x:v>0.1122887993</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:33">
+      <x:c r="A25" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C25" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E25" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G25" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I25" s="1">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="n">
+        <x:v>5809.1184523602</x:v>
+      </x:c>
+      <x:c r="K25" s="0" t="n">
+        <x:v>-0.4190881548</x:v>
+      </x:c>
+      <x:c r="N25" s="0" t="n">
+        <x:v>4912.1587331649</x:v>
+      </x:c>
+      <x:c r="O25" s="0" t="n">
+        <x:v>-0.1325299719</x:v>
+      </x:c>
+      <x:c r="P25" s="0" t="n">
+        <x:v>8538.0563451252</x:v>
+      </x:c>
+      <x:c r="Q25" s="0" t="n">
+        <x:v>-0.1461943655</x:v>
+      </x:c>
+      <x:c r="T25" s="0" t="n">
+        <x:v>9882.8737777319</x:v>
+      </x:c>
+      <x:c r="U25" s="0" t="n">
+        <x:v>-0.0023535771</x:v>
+      </x:c>
+      <x:c r="V25" s="0" t="n">
+        <x:v>10245.9771794983</x:v>
+      </x:c>
+      <x:c r="W25" s="0" t="n">
+        <x:v>0.0245977179</x:v>
+      </x:c>
+      <x:c r="Z25" s="0" t="n">
+        <x:v>15073.984896476</x:v>
+      </x:c>
+      <x:c r="AA25" s="0" t="n">
+        <x:v>0.0855394605</x:v>
+      </x:c>
+      <x:c r="AB25" s="0" t="n">
+        <x:v>12773.8300821721</x:v>
+      </x:c>
+      <x:c r="AC25" s="0" t="n">
+        <x:v>0.2773830082</x:v>
+      </x:c>
+      <x:c r="AF25" s="0" t="n">
+        <x:v>17025.027402114</x:v>
+      </x:c>
+      <x:c r="AG25" s="0" t="n">
+        <x:v>0.1122887993</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>