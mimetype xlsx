--- v0 (2025-10-22)
+++ v1 (2025-11-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7adffe4f2a42dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f5f9b389b673497e8b69eafb6c59a5a8.psmdcp" Id="R67b4cbbcefd44575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f45cc4e7230435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/568032e6c2e44bc5a073f817398727c6.psmdcp" Id="R371b77c944a1487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG26" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG26"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG27" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG27"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG26"/>
+  <x:dimension ref="A1:AG27"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.505425" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.300625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -2523,50 +2523,124 @@
       <x:c r="V26" s="0" t="n">
         <x:v>10504.8319738746</x:v>
       </x:c>
       <x:c r="W26" s="0" t="n">
         <x:v>0.0504831974</x:v>
       </x:c>
       <x:c r="Z26" s="0" t="n">
         <x:v>19977.1347211737</x:v>
       </x:c>
       <x:c r="AA26" s="0" t="n">
         <x:v>0.1039091016</x:v>
       </x:c>
       <x:c r="AB26" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC26" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF26" s="0" t="n">
         <x:v>22674.6506802044</x:v>
       </x:c>
       <x:c r="AG26" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
+    <x:row r="27" spans="1:33">
+      <x:c r="A27" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C27" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E27" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G27" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I27" s="1">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="J27" s="0" t="n">
+        <x:v>4770.5974693408</x:v>
+      </x:c>
+      <x:c r="K27" s="0" t="n">
+        <x:v>-0.5229402531</x:v>
+      </x:c>
+      <x:c r="N27" s="0" t="n">
+        <x:v>3023.5687436504</x:v>
+      </x:c>
+      <x:c r="O27" s="0" t="n">
+        <x:v>-0.1570757473</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="n">
+        <x:v>8284.2859963321</x:v>
+      </x:c>
+      <x:c r="Q27" s="0" t="n">
+        <x:v>-0.1715714004</x:v>
+      </x:c>
+      <x:c r="T27" s="0" t="n">
+        <x:v>9746.1301992003</x:v>
+      </x:c>
+      <x:c r="U27" s="0" t="n">
+        <x:v>-0.0036668021</x:v>
+      </x:c>
+      <x:c r="V27" s="0" t="n">
+        <x:v>10426.5600802692</x:v>
+      </x:c>
+      <x:c r="W27" s="0" t="n">
+        <x:v>0.042656008</x:v>
+      </x:c>
+      <x:c r="Z27" s="0" t="n">
+        <x:v>19969.3620052748</x:v>
+      </x:c>
+      <x:c r="AA27" s="0" t="n">
+        <x:v>0.1038477328</x:v>
+      </x:c>
+      <x:c r="AB27" s="0" t="n">
+        <x:v>13726.1540562361</x:v>
+      </x:c>
+      <x:c r="AC27" s="0" t="n">
+        <x:v>0.3726154056</x:v>
+      </x:c>
+      <x:c r="AF27" s="0" t="n">
+        <x:v>22674.6506802043</x:v>
+      </x:c>
+      <x:c r="AG27" s="0" t="n">
+        <x:v>0.124065232</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>