--- v1 (2025-11-13)
+++ v2 (2026-01-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f45cc4e7230435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/568032e6c2e44bc5a073f817398727c6.psmdcp" Id="R371b77c944a1487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R992683109b594d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/48d9f05b0f5b4e50a2e2782d9067fc71.psmdcp" Id="R50f4aa5f3615439a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -696,1934 +696,1934 @@
       </x:c>
     </x:row>
     <x:row r="2" spans="1:33">
       <x:c r="A2" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D2" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G2" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I2" s="1">
-        <x:v>45198</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="J2" s="0" t="n">
-        <x:v>1336.7981102069</x:v>
+        <x:v>1335.7375200748</x:v>
       </x:c>
       <x:c r="K2" s="0" t="n">
-        <x:v>-0.866320189</x:v>
+        <x:v>-0.866426248</x:v>
       </x:c>
       <x:c r="N2" s="0" t="n">
-        <x:v>846.9571734893</x:v>
+        <x:v>846.8600057355</x:v>
       </x:c>
       <x:c r="O2" s="0" t="n">
-        <x:v>-0.2971909421</x:v>
+        <x:v>-0.2972024613</x:v>
       </x:c>
       <x:c r="P2" s="0" t="n">
         <x:v>8720.3010487707</x:v>
       </x:c>
       <x:c r="Q2" s="0" t="n">
         <x:v>-0.1279698951</x:v>
       </x:c>
       <x:c r="T2" s="0" t="n">
-        <x:v>9805.701809849</x:v>
+        <x:v>10256.2074507984</x:v>
       </x:c>
       <x:c r="U2" s="0" t="n">
-        <x:v>-0.0027990837</x:v>
+        <x:v>0.0036205433</x:v>
       </x:c>
       <x:c r="V2" s="0" t="n">
-        <x:v>11310.0466395016</x:v>
+        <x:v>11246.8701495387</x:v>
       </x:c>
       <x:c r="W2" s="0" t="n">
-        <x:v>0.131004664</x:v>
+        <x:v>0.124687015</x:v>
       </x:c>
       <x:c r="Z2" s="0" t="n">
-        <x:v>21618.2517523089</x:v>
+        <x:v>21500.0888503776</x:v>
       </x:c>
       <x:c r="AA2" s="0" t="n">
-        <x:v>0.1164300307</x:v>
+        <x:v>0.1155562275</x:v>
       </x:c>
       <x:c r="AB2" s="0" t="n">
         <x:v>14448.5832170907</x:v>
       </x:c>
       <x:c r="AC2" s="0" t="n">
         <x:v>0.4448583217</x:v>
       </x:c>
       <x:c r="AF2" s="0" t="n">
-        <x:v>27377.3845358128</x:v>
+        <x:v>24960.1942838198</x:v>
       </x:c>
       <x:c r="AG2" s="0" t="n">
-        <x:v>0.1547409444</x:v>
+        <x:v>0.1395928317</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:33">
       <x:c r="A3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I3" s="1">
-        <x:v>45230</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
-        <x:v>1336.0005600873</x:v>
+        <x:v>1267.1137367292</x:v>
       </x:c>
       <x:c r="K3" s="0" t="n">
-        <x:v>-0.866399944</x:v>
+        <x:v>-0.8732886263</x:v>
       </x:c>
       <x:c r="N3" s="0" t="n">
-        <x:v>846.8917604984</x:v>
+        <x:v>804.3186861436</x:v>
       </x:c>
       <x:c r="O3" s="0" t="n">
-        <x:v>-0.2971986966</x:v>
+        <x:v>-0.3023580392</x:v>
       </x:c>
       <x:c r="P3" s="0" t="n">
-        <x:v>8720.3010487707</x:v>
+        <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q3" s="0" t="n">
-        <x:v>-0.1279698951</x:v>
+        <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T3" s="0" t="n">
-        <x:v>9545.4499701819</x:v>
+        <x:v>10270.9522814135</x:v>
       </x:c>
       <x:c r="U3" s="0" t="n">
-        <x:v>-0.0066237506</x:v>
+        <x:v>0.0038265385</x:v>
       </x:c>
       <x:c r="V3" s="0" t="n">
-        <x:v>11295.6039970839</x:v>
+        <x:v>10684.5266420618</x:v>
       </x:c>
       <x:c r="W3" s="0" t="n">
-        <x:v>0.1295603997</x:v>
+        <x:v>0.0684526642</x:v>
       </x:c>
       <x:c r="Z3" s="0" t="n">
-        <x:v>21617.6735915774</x:v>
+        <x:v>20361.1312423914</x:v>
       </x:c>
       <x:c r="AA3" s="0" t="n">
-        <x:v>0.1164257652</x:v>
+        <x:v>0.1069157262</x:v>
       </x:c>
       <x:c r="AB3" s="0" t="n">
-        <x:v>14448.5832170907</x:v>
+        <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC3" s="0" t="n">
-        <x:v>0.4448583217</x:v>
+        <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF3" s="0" t="n">
-        <x:v>24960.1942838199</x:v>
+        <x:v>23712.1845696288</x:v>
       </x:c>
       <x:c r="AG3" s="0" t="n">
-        <x:v>0.1395928317</x:v>
+        <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:33">
       <x:c r="A4" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I4" s="1">
-        <x:v>45260</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
-        <x:v>1335.7375200748</x:v>
+        <x:v>1266.8921854789</x:v>
       </x:c>
       <x:c r="K4" s="0" t="n">
-        <x:v>-0.866426248</x:v>
+        <x:v>-0.8733107815</x:v>
       </x:c>
       <x:c r="N4" s="0" t="n">
-        <x:v>846.8600057355</x:v>
+        <x:v>804.3020211004</x:v>
       </x:c>
       <x:c r="O4" s="0" t="n">
-        <x:v>-0.2972024613</x:v>
+        <x:v>-0.3023601042</x:v>
       </x:c>
       <x:c r="P4" s="0" t="n">
-        <x:v>8720.3010487707</x:v>
+        <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q4" s="0" t="n">
-        <x:v>-0.1279698951</x:v>
+        <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T4" s="0" t="n">
-        <x:v>10256.2074507984</x:v>
+        <x:v>10354.9884448633</x:v>
       </x:c>
       <x:c r="U4" s="0" t="n">
-        <x:v>0.0036205433</x:v>
+        <x:v>0.004995764</x:v>
       </x:c>
       <x:c r="V4" s="0" t="n">
-        <x:v>11246.8701495387</x:v>
+        <x:v>10684.5266420618</x:v>
       </x:c>
       <x:c r="W4" s="0" t="n">
-        <x:v>0.124687015</x:v>
+        <x:v>0.0684526642</x:v>
       </x:c>
       <x:c r="Z4" s="0" t="n">
-        <x:v>21500.0888503776</x:v>
+        <x:v>20335.3660027168</x:v>
       </x:c>
       <x:c r="AA4" s="0" t="n">
-        <x:v>0.1155562275</x:v>
+        <x:v>0.1067155168</x:v>
       </x:c>
       <x:c r="AB4" s="0" t="n">
-        <x:v>14448.5832170907</x:v>
+        <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC4" s="0" t="n">
-        <x:v>0.4448583217</x:v>
+        <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF4" s="0" t="n">
-        <x:v>24960.1942838198</x:v>
+        <x:v>23712.1845696288</x:v>
       </x:c>
       <x:c r="AG4" s="0" t="n">
-        <x:v>0.1395928317</x:v>
+        <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:33">
       <x:c r="A5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I5" s="1">
-        <x:v>45289</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
-        <x:v>1267.1137367292</x:v>
+        <x:v>1266.8569953985</x:v>
       </x:c>
       <x:c r="K5" s="0" t="n">
-        <x:v>-0.8732886263</x:v>
+        <x:v>-0.8733143005</x:v>
       </x:c>
       <x:c r="N5" s="0" t="n">
-        <x:v>804.3186861436</x:v>
+        <x:v>839.0107836658</x:v>
       </x:c>
       <x:c r="O5" s="0" t="n">
-        <x:v>-0.3023580392</x:v>
+        <x:v>-0.2981367451</x:v>
       </x:c>
       <x:c r="P5" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q5" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T5" s="0" t="n">
-        <x:v>10270.9522814135</x:v>
+        <x:v>10863.5343409408</x:v>
       </x:c>
       <x:c r="U5" s="0" t="n">
-        <x:v>0.0038265385</x:v>
+        <x:v>0.0119026529</x:v>
       </x:c>
       <x:c r="V5" s="0" t="n">
-        <x:v>10684.5266420618</x:v>
+        <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W5" s="0" t="n">
-        <x:v>0.0684526642</x:v>
+        <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z5" s="0" t="n">
-        <x:v>20361.1312423914</x:v>
+        <x:v>20086.0784057755</x:v>
       </x:c>
       <x:c r="AA5" s="0" t="n">
-        <x:v>0.1069157262</x:v>
+        <x:v>0.1047671096</x:v>
       </x:c>
       <x:c r="AB5" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC5" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF5" s="0" t="n">
         <x:v>23712.1845696288</x:v>
       </x:c>
       <x:c r="AG5" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:33">
       <x:c r="A6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I6" s="1">
-        <x:v>45322</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
-        <x:v>1266.8921854789</x:v>
+        <x:v>1266.897068158</x:v>
       </x:c>
       <x:c r="K6" s="0" t="n">
-        <x:v>-0.8733107815</x:v>
+        <x:v>-0.8733102932</x:v>
       </x:c>
       <x:c r="N6" s="0" t="n">
-        <x:v>804.3020211004</x:v>
+        <x:v>839.007810655</x:v>
       </x:c>
       <x:c r="O6" s="0" t="n">
-        <x:v>-0.3023601042</x:v>
+        <x:v>-0.2981371004</x:v>
       </x:c>
       <x:c r="P6" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q6" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T6" s="0" t="n">
-        <x:v>10354.9884448633</x:v>
+        <x:v>11087.5053242302</x:v>
       </x:c>
       <x:c r="U6" s="0" t="n">
-        <x:v>0.004995764</x:v>
+        <x:v>0.01485696</x:v>
       </x:c>
       <x:c r="V6" s="0" t="n">
-        <x:v>10684.5266420618</x:v>
+        <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W6" s="0" t="n">
-        <x:v>0.0684526642</x:v>
+        <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z6" s="0" t="n">
-        <x:v>20335.3660027168</x:v>
+        <x:v>20086.0784057755</x:v>
       </x:c>
       <x:c r="AA6" s="0" t="n">
-        <x:v>0.1067155168</x:v>
+        <x:v>0.1047671096</x:v>
       </x:c>
       <x:c r="AB6" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC6" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF6" s="0" t="n">
-        <x:v>23712.1845696288</x:v>
+        <x:v>23712.1845696289</x:v>
       </x:c>
       <x:c r="AG6" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:33">
       <x:c r="A7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I7" s="1">
-        <x:v>45351</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
-        <x:v>1266.8569953985</x:v>
+        <x:v>1268.1240788563</x:v>
       </x:c>
       <x:c r="K7" s="0" t="n">
-        <x:v>-0.8733143005</x:v>
+        <x:v>-0.8731875921</x:v>
       </x:c>
       <x:c r="N7" s="0" t="n">
-        <x:v>839.0107836658</x:v>
+        <x:v>839.1662122154</x:v>
       </x:c>
       <x:c r="O7" s="0" t="n">
-        <x:v>-0.2981367451</x:v>
+        <x:v>-0.298118172</x:v>
       </x:c>
       <x:c r="P7" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q7" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T7" s="0" t="n">
-        <x:v>10863.5343409408</x:v>
+        <x:v>10644.7391200312</x:v>
       </x:c>
       <x:c r="U7" s="0" t="n">
-        <x:v>0.0119026529</x:v>
+        <x:v>0.0089657678</x:v>
       </x:c>
       <x:c r="V7" s="0" t="n">
         <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W7" s="0" t="n">
         <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z7" s="0" t="n">
-        <x:v>20086.0784057755</x:v>
+        <x:v>20074.4532984543</x:v>
       </x:c>
       <x:c r="AA7" s="0" t="n">
-        <x:v>0.1047671096</x:v>
+        <x:v>0.1046757441</x:v>
       </x:c>
       <x:c r="AB7" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC7" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF7" s="0" t="n">
         <x:v>23712.1845696288</x:v>
       </x:c>
       <x:c r="AG7" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:33">
       <x:c r="A8" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I8" s="1">
-        <x:v>45379</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
-        <x:v>1266.897068158</x:v>
+        <x:v>1267.4249618489</x:v>
       </x:c>
       <x:c r="K8" s="0" t="n">
-        <x:v>-0.8733102932</x:v>
+        <x:v>-0.8732575038</x:v>
       </x:c>
       <x:c r="N8" s="0" t="n">
-        <x:v>839.007810655</x:v>
+        <x:v>804.3632560308</x:v>
       </x:c>
       <x:c r="O8" s="0" t="n">
-        <x:v>-0.2981371004</x:v>
+        <x:v>-0.3023525167</x:v>
       </x:c>
       <x:c r="P8" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q8" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T8" s="0" t="n">
-        <x:v>11087.5053242302</x:v>
+        <x:v>10710.4247183143</x:v>
       </x:c>
       <x:c r="U8" s="0" t="n">
-        <x:v>0.01485696</x:v>
+        <x:v>0.0098528582</x:v>
       </x:c>
       <x:c r="V8" s="0" t="n">
         <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W8" s="0" t="n">
         <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z8" s="0" t="n">
-        <x:v>20086.0784057755</x:v>
+        <x:v>20046.8426148639</x:v>
       </x:c>
       <x:c r="AA8" s="0" t="n">
-        <x:v>0.1047671096</x:v>
+        <x:v>0.1044585608</x:v>
       </x:c>
       <x:c r="AB8" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC8" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF8" s="0" t="n">
-        <x:v>23712.1845696289</x:v>
+        <x:v>23712.1845696288</x:v>
       </x:c>
       <x:c r="AG8" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:33">
       <x:c r="A9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I9" s="1">
-        <x:v>45412</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
-        <x:v>1268.1240788563</x:v>
+        <x:v>1267.2332134593</x:v>
       </x:c>
       <x:c r="K9" s="0" t="n">
-        <x:v>-0.8731875921</x:v>
+        <x:v>-0.8732766787</x:v>
       </x:c>
       <x:c r="N9" s="0" t="n">
-        <x:v>839.1662122154</x:v>
+        <x:v>839.0649388289</x:v>
       </x:c>
       <x:c r="O9" s="0" t="n">
-        <x:v>-0.298118172</x:v>
+        <x:v>-0.2981302734</x:v>
       </x:c>
       <x:c r="P9" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q9" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T9" s="0" t="n">
-        <x:v>10644.7391200312</x:v>
+        <x:v>11076.1185253238</x:v>
       </x:c>
       <x:c r="U9" s="0" t="n">
-        <x:v>0.0089657678</x:v>
+        <x:v>0.0147080013</x:v>
       </x:c>
       <x:c r="V9" s="0" t="n">
         <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W9" s="0" t="n">
         <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z9" s="0" t="n">
-        <x:v>20074.4532984543</x:v>
+        <x:v>20046.8426148639</x:v>
       </x:c>
       <x:c r="AA9" s="0" t="n">
-        <x:v>0.1046757441</x:v>
+        <x:v>0.1044585608</x:v>
       </x:c>
       <x:c r="AB9" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC9" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF9" s="0" t="n">
-        <x:v>23712.1845696288</x:v>
+        <x:v>23712.1845696289</x:v>
       </x:c>
       <x:c r="AG9" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:33">
       <x:c r="A10" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I10" s="1">
-        <x:v>45443</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>1267.4249618489</x:v>
+        <x:v>1267.5749148428</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>-0.8732575038</x:v>
+        <x:v>-0.8732425085</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>804.3632560308</x:v>
+        <x:v>839.0959197854</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>-0.3023525167</x:v>
+        <x:v>-0.2981265713</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T10" s="0" t="n">
-        <x:v>10710.4247183143</x:v>
+        <x:v>11192.2577693207</x:v>
       </x:c>
       <x:c r="U10" s="0" t="n">
-        <x:v>0.0098528582</x:v>
+        <x:v>0.0162211828</x:v>
       </x:c>
       <x:c r="V10" s="0" t="n">
         <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W10" s="0" t="n">
         <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z10" s="0" t="n">
         <x:v>20046.8426148639</x:v>
       </x:c>
       <x:c r="AA10" s="0" t="n">
         <x:v>0.1044585608</x:v>
       </x:c>
       <x:c r="AB10" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC10" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF10" s="0" t="n">
-        <x:v>23712.1845696288</x:v>
+        <x:v>23712.1845696289</x:v>
       </x:c>
       <x:c r="AG10" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:33">
       <x:c r="A11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I11" s="1">
-        <x:v>45471</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>1267.2332134593</x:v>
+        <x:v>1266.9023686167</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
-        <x:v>-0.8732766787</x:v>
+        <x:v>-0.8733097631</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
-        <x:v>839.0649388289</x:v>
+        <x:v>839.0049984886</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
-        <x:v>-0.2981302734</x:v>
+        <x:v>-0.2981374365</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T11" s="0" t="n">
-        <x:v>11076.1185253238</x:v>
+        <x:v>11249.8034183591</x:v>
       </x:c>
       <x:c r="U11" s="0" t="n">
-        <x:v>0.0147080013</x:v>
+        <x:v>0.0169659662</x:v>
       </x:c>
       <x:c r="V11" s="0" t="n">
         <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W11" s="0" t="n">
         <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z11" s="0" t="n">
         <x:v>20046.8426148639</x:v>
       </x:c>
       <x:c r="AA11" s="0" t="n">
         <x:v>0.1044585608</x:v>
       </x:c>
       <x:c r="AB11" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC11" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF11" s="0" t="n">
         <x:v>23712.1845696289</x:v>
       </x:c>
       <x:c r="AG11" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:33">
       <x:c r="A12" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I12" s="1">
-        <x:v>45504</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
-        <x:v>1267.5749148428</x:v>
+        <x:v>1267.9816985395</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
-        <x:v>-0.8732425085</x:v>
+        <x:v>-0.8732018301</x:v>
       </x:c>
       <x:c r="N12" s="0" t="n">
-        <x:v>839.0959197854</x:v>
+        <x:v>839.1248459325</x:v>
       </x:c>
       <x:c r="O12" s="0" t="n">
-        <x:v>-0.2981265713</x:v>
+        <x:v>-0.2981231149</x:v>
       </x:c>
       <x:c r="P12" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T12" s="0" t="n">
-        <x:v>11192.2577693207</x:v>
+        <x:v>11221.4976693601</x:v>
       </x:c>
       <x:c r="U12" s="0" t="n">
-        <x:v>0.0162211828</x:v>
+        <x:v>0.0166000288</x:v>
       </x:c>
       <x:c r="V12" s="0" t="n">
         <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W12" s="0" t="n">
         <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z12" s="0" t="n">
-        <x:v>20046.8426148639</x:v>
+        <x:v>20030.0429345126</x:v>
       </x:c>
       <x:c r="AA12" s="0" t="n">
-        <x:v>0.1044585608</x:v>
+        <x:v>0.1043262905</x:v>
       </x:c>
       <x:c r="AB12" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC12" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF12" s="0" t="n">
         <x:v>23712.1845696289</x:v>
       </x:c>
       <x:c r="AG12" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:33">
       <x:c r="A13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I13" s="1">
-        <x:v>45534</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>1266.9023686167</x:v>
+        <x:v>1267.8397858818</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
-        <x:v>-0.8733097631</x:v>
+        <x:v>-0.8732160214</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
-        <x:v>839.0049984886</x:v>
+        <x:v>804.3990858886</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
-        <x:v>-0.2981374365</x:v>
+        <x:v>-0.3023480773</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T13" s="0" t="n">
-        <x:v>11249.8034183591</x:v>
+        <x:v>11071.7481480041</x:v>
       </x:c>
       <x:c r="U13" s="0" t="n">
-        <x:v>0.0169659662</x:v>
+        <x:v>0.0146507944</x:v>
       </x:c>
       <x:c r="V13" s="0" t="n">
         <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W13" s="0" t="n">
         <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z13" s="0" t="n">
-        <x:v>20046.8426148639</x:v>
+        <x:v>20030.0429345126</x:v>
       </x:c>
       <x:c r="AA13" s="0" t="n">
-        <x:v>0.1044585608</x:v>
+        <x:v>0.1043262905</x:v>
       </x:c>
       <x:c r="AB13" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC13" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF13" s="0" t="n">
-        <x:v>23712.1845696289</x:v>
+        <x:v>23712.1845696288</x:v>
       </x:c>
       <x:c r="AG13" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:33">
       <x:c r="A14" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I14" s="1">
-        <x:v>45565</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
-        <x:v>1267.9816985395</x:v>
+        <x:v>1268.6005999998</x:v>
       </x:c>
       <x:c r="K14" s="0" t="n">
-        <x:v>-0.8732018301</x:v>
+        <x:v>-0.87313994</x:v>
       </x:c>
       <x:c r="N14" s="0" t="n">
-        <x:v>839.1248459325</x:v>
+        <x:v>804.4827275712</x:v>
       </x:c>
       <x:c r="O14" s="0" t="n">
-        <x:v>-0.2981231149</x:v>
+        <x:v>-0.3023377146</x:v>
       </x:c>
       <x:c r="P14" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T14" s="0" t="n">
-        <x:v>11221.4976693601</x:v>
+        <x:v>11214.5270240756</x:v>
       </x:c>
       <x:c r="U14" s="0" t="n">
-        <x:v>0.0166000288</x:v>
+        <x:v>0.0165097907</x:v>
       </x:c>
       <x:c r="V14" s="0" t="n">
         <x:v>10730.8237972297</x:v>
       </x:c>
       <x:c r="W14" s="0" t="n">
         <x:v>0.0730823797</x:v>
       </x:c>
       <x:c r="Z14" s="0" t="n">
         <x:v>20030.0429345126</x:v>
       </x:c>
       <x:c r="AA14" s="0" t="n">
         <x:v>0.1043262905</x:v>
       </x:c>
       <x:c r="AB14" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC14" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF14" s="0" t="n">
-        <x:v>23712.1845696289</x:v>
+        <x:v>23712.1845696288</x:v>
       </x:c>
       <x:c r="AG14" s="0" t="n">
         <x:v>0.131272856</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:33">
       <x:c r="A15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I15" s="1">
-        <x:v>45596</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>1267.8397858818</x:v>
+        <x:v>1269.4679433843</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>-0.8732160214</x:v>
+        <x:v>-0.8730532057</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
-        <x:v>804.3990858886</x:v>
+        <x:v>2197.3628376866</x:v>
       </x:c>
       <x:c r="O15" s="0" t="n">
-        <x:v>-0.3023480773</x:v>
+        <x:v>-0.1946475802</x:v>
       </x:c>
       <x:c r="P15" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
-        <x:v>11071.7481480041</x:v>
+        <x:v>10654.7830328667</x:v>
       </x:c>
       <x:c r="U15" s="0" t="n">
-        <x:v>0.0146507944</x:v>
+        <x:v>0.0091017152</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
-        <x:v>10730.8237972297</x:v>
+        <x:v>10654.7830328667</x:v>
       </x:c>
       <x:c r="W15" s="0" t="n">
-        <x:v>0.0730823797</x:v>
+        <x:v>0.0654783033</x:v>
       </x:c>
       <x:c r="Z15" s="0" t="n">
-        <x:v>20030.0429345126</x:v>
+        <x:v>19995.4233152781</x:v>
       </x:c>
       <x:c r="AA15" s="0" t="n">
-        <x:v>0.1043262905</x:v>
+        <x:v>0.1040534168</x:v>
       </x:c>
       <x:c r="AB15" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC15" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF15" s="0" t="n">
-        <x:v>23712.1845696288</x:v>
+        <x:v>23125.6321738251</x:v>
       </x:c>
       <x:c r="AG15" s="0" t="n">
-        <x:v>0.131272856</x:v>
+        <x:v>0.1272321669</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:33">
       <x:c r="A16" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I16" s="1">
-        <x:v>45625</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>1268.6005999998</x:v>
+        <x:v>1269.361354488</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>-0.87313994</x:v>
+        <x:v>-0.8730638646</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
-        <x:v>804.4827275712</x:v>
+        <x:v>2961.2622467617</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
-        <x:v>-0.3023377146</x:v>
+        <x:v>-0.1595793872</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T16" s="0" t="n">
-        <x:v>11214.5270240756</x:v>
+        <x:v>11098.4130986904</x:v>
       </x:c>
       <x:c r="U16" s="0" t="n">
-        <x:v>0.0165097907</x:v>
+        <x:v>0.0149995293</x:v>
       </x:c>
       <x:c r="V16" s="0" t="n">
-        <x:v>10730.8237972297</x:v>
+        <x:v>10654.7830328667</x:v>
       </x:c>
       <x:c r="W16" s="0" t="n">
-        <x:v>0.0730823797</x:v>
+        <x:v>0.0654783033</x:v>
       </x:c>
       <x:c r="Z16" s="0" t="n">
         <x:v>20030.0429345126</x:v>
       </x:c>
       <x:c r="AA16" s="0" t="n">
         <x:v>0.1043262905</x:v>
       </x:c>
       <x:c r="AB16" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC16" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF16" s="0" t="n">
-        <x:v>23712.1845696288</x:v>
+        <x:v>23125.6321738251</x:v>
       </x:c>
       <x:c r="AG16" s="0" t="n">
-        <x:v>0.131272856</x:v>
+        <x:v>0.1272321669</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:33">
       <x:c r="A17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G17" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I17" s="1">
-        <x:v>45656</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="J17" s="0" t="n">
-        <x:v>1269.4679433843</x:v>
+        <x:v>2665.6922076872</x:v>
       </x:c>
       <x:c r="K17" s="0" t="n">
-        <x:v>-0.8730532057</x:v>
+        <x:v>-0.7334307792</x:v>
       </x:c>
       <x:c r="N17" s="0" t="n">
-        <x:v>2197.3628376866</x:v>
+        <x:v>3099.5088425375</x:v>
       </x:c>
       <x:c r="O17" s="0" t="n">
-        <x:v>-0.1946475802</x:v>
+        <x:v>-0.1540833869</x:v>
       </x:c>
       <x:c r="P17" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q17" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T17" s="0" t="n">
-        <x:v>10654.7830328667</x:v>
+        <x:v>10324.5017689295</x:v>
       </x:c>
       <x:c r="U17" s="0" t="n">
-        <x:v>0.0091017152</x:v>
+        <x:v>0.0045725351</x:v>
       </x:c>
       <x:c r="V17" s="0" t="n">
-        <x:v>10654.7830328667</x:v>
+        <x:v>10595.4586812766</x:v>
       </x:c>
       <x:c r="W17" s="0" t="n">
-        <x:v>0.0654783033</x:v>
+        <x:v>0.0595458681</x:v>
       </x:c>
       <x:c r="Z17" s="0" t="n">
-        <x:v>19995.4233152781</x:v>
+        <x:v>20030.0429345126</x:v>
       </x:c>
       <x:c r="AA17" s="0" t="n">
-        <x:v>0.1040534168</x:v>
+        <x:v>0.1043262905</x:v>
       </x:c>
       <x:c r="AB17" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC17" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF17" s="0" t="n">
-        <x:v>23125.6321738251</x:v>
+        <x:v>22674.6506802043</x:v>
       </x:c>
       <x:c r="AG17" s="0" t="n">
-        <x:v>0.1272321669</x:v>
+        <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:33">
       <x:c r="A18" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G18" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I18" s="1">
-        <x:v>45688</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
-        <x:v>1269.361354488</x:v>
+        <x:v>5086.9431332197</x:v>
       </x:c>
       <x:c r="K18" s="0" t="n">
-        <x:v>-0.8730638646</x:v>
+        <x:v>-0.4913056867</x:v>
       </x:c>
       <x:c r="N18" s="0" t="n">
-        <x:v>2961.2622467617</x:v>
+        <x:v>3353.7317760385</x:v>
       </x:c>
       <x:c r="O18" s="0" t="n">
-        <x:v>-0.1595793872</x:v>
+        <x:v>-0.1445033126</x:v>
       </x:c>
       <x:c r="P18" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q18" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T18" s="0" t="n">
-        <x:v>11098.4130986904</x:v>
+        <x:v>9117.161653665</x:v>
       </x:c>
       <x:c r="U18" s="0" t="n">
-        <x:v>0.0149995293</x:v>
+        <x:v>-0.0131170065</x:v>
       </x:c>
       <x:c r="V18" s="0" t="n">
-        <x:v>10654.7830328667</x:v>
+        <x:v>10571.1803405707</x:v>
       </x:c>
       <x:c r="W18" s="0" t="n">
-        <x:v>0.0654783033</x:v>
+        <x:v>0.0571180341</x:v>
       </x:c>
       <x:c r="Z18" s="0" t="n">
-        <x:v>20030.0429345126</x:v>
+        <x:v>19995.4233152781</x:v>
       </x:c>
       <x:c r="AA18" s="0" t="n">
-        <x:v>0.1043262905</x:v>
+        <x:v>0.1040534168</x:v>
       </x:c>
       <x:c r="AB18" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC18" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF18" s="0" t="n">
-        <x:v>23125.6321738251</x:v>
+        <x:v>22674.6506802043</x:v>
       </x:c>
       <x:c r="AG18" s="0" t="n">
-        <x:v>0.1272321669</x:v>
+        <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:33">
       <x:c r="A19" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G19" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I19" s="1">
-        <x:v>45716</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="J19" s="0" t="n">
-        <x:v>2665.6922076872</x:v>
+        <x:v>4792.3965412384</x:v>
       </x:c>
       <x:c r="K19" s="0" t="n">
-        <x:v>-0.7334307792</x:v>
+        <x:v>-0.5207603459</x:v>
       </x:c>
       <x:c r="N19" s="0" t="n">
-        <x:v>3099.5088425375</x:v>
+        <x:v>3381.6202780451</x:v>
       </x:c>
       <x:c r="O19" s="0" t="n">
-        <x:v>-0.1540833869</x:v>
+        <x:v>-0.1434906271</x:v>
       </x:c>
       <x:c r="P19" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q19" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T19" s="0" t="n">
-        <x:v>10324.5017689295</x:v>
+        <x:v>9176.5870383023</x:v>
       </x:c>
       <x:c r="U19" s="0" t="n">
-        <x:v>0.0045725351</x:v>
+        <x:v>-0.0122006384</x:v>
       </x:c>
       <x:c r="V19" s="0" t="n">
-        <x:v>10595.4586812766</x:v>
+        <x:v>10571.1803405707</x:v>
       </x:c>
       <x:c r="W19" s="0" t="n">
-        <x:v>0.0595458681</x:v>
+        <x:v>0.0571180341</x:v>
       </x:c>
       <x:c r="Z19" s="0" t="n">
-        <x:v>20030.0429345126</x:v>
+        <x:v>19995.4233152781</x:v>
       </x:c>
       <x:c r="AA19" s="0" t="n">
-        <x:v>0.1043262905</x:v>
+        <x:v>0.1040534168</x:v>
       </x:c>
       <x:c r="AB19" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC19" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF19" s="0" t="n">
-        <x:v>22674.6506802043</x:v>
+        <x:v>22674.6506802044</x:v>
       </x:c>
       <x:c r="AG19" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:33">
       <x:c r="A20" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I20" s="1">
-        <x:v>45747</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
-        <x:v>5086.9431332197</x:v>
+        <x:v>4768.8246990571</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
-        <x:v>-0.4913056867</x:v>
+        <x:v>-0.5231175301</x:v>
       </x:c>
       <x:c r="N20" s="0" t="n">
-        <x:v>3353.7317760385</x:v>
+        <x:v>3127.8180509301</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
-        <x:v>-0.1445033126</x:v>
+        <x:v>-0.1529839491</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
-        <x:v>9117.161653665</x:v>
+        <x:v>10048.5357520972</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
-        <x:v>-0.0131170065</x:v>
+        <x:v>0.0006919299</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
-        <x:v>10571.1803405707</x:v>
+        <x:v>10570.8484493221</x:v>
       </x:c>
       <x:c r="W20" s="0" t="n">
-        <x:v>0.0571180341</x:v>
+        <x:v>0.0570848449</x:v>
       </x:c>
       <x:c r="Z20" s="0" t="n">
-        <x:v>19995.4233152781</x:v>
+        <x:v>20002.9239620425</x:v>
       </x:c>
       <x:c r="AA20" s="0" t="n">
-        <x:v>0.1040534168</x:v>
+        <x:v>0.1041125716</x:v>
       </x:c>
       <x:c r="AB20" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC20" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF20" s="0" t="n">
-        <x:v>22674.6506802043</x:v>
+        <x:v>22674.6506802044</x:v>
       </x:c>
       <x:c r="AG20" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:33">
       <x:c r="A21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="1">
-        <x:v>45777</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>4792.3965412384</x:v>
+        <x:v>4770.1265316647</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>-0.5207603459</x:v>
+        <x:v>-0.5229873468</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
-        <x:v>3381.6202780451</x:v>
+        <x:v>3023.4311043548</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
-        <x:v>-0.1434906271</x:v>
+        <x:v>-0.1570812291</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
-        <x:v>9176.5870383023</x:v>
+        <x:v>9943.0697785248</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
-        <x:v>-0.0122006384</x:v>
+        <x:v>-0.0008152802</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
-        <x:v>10571.1803405707</x:v>
+        <x:v>10522.0251012837</x:v>
       </x:c>
       <x:c r="W21" s="0" t="n">
-        <x:v>0.0571180341</x:v>
+        <x:v>0.0522025101</x:v>
       </x:c>
       <x:c r="Z21" s="0" t="n">
-        <x:v>19995.4233152781</x:v>
+        <x:v>20002.9239620425</x:v>
       </x:c>
       <x:c r="AA21" s="0" t="n">
-        <x:v>0.1040534168</x:v>
+        <x:v>0.1041125716</x:v>
       </x:c>
       <x:c r="AB21" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC21" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF21" s="0" t="n">
         <x:v>22674.6506802044</x:v>
       </x:c>
       <x:c r="AG21" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:33">
       <x:c r="A22" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I22" s="1">
-        <x:v>45807</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>4768.8246990571</x:v>
+        <x:v>4769.6541690824</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
-        <x:v>-0.5231175301</x:v>
+        <x:v>-0.5230345831</x:v>
       </x:c>
       <x:c r="N22" s="0" t="n">
-        <x:v>3127.8180509301</x:v>
+        <x:v>3023.344468808</x:v>
       </x:c>
       <x:c r="O22" s="0" t="n">
-        <x:v>-0.1529839491</x:v>
+        <x:v>-0.1570846796</x:v>
       </x:c>
       <x:c r="P22" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T22" s="0" t="n">
-        <x:v>10048.5357520972</x:v>
+        <x:v>9936.2729148698</x:v>
       </x:c>
       <x:c r="U22" s="0" t="n">
-        <x:v>0.0006919299</x:v>
+        <x:v>-0.0009128832</x:v>
       </x:c>
       <x:c r="V22" s="0" t="n">
-        <x:v>10570.8484493221</x:v>
+        <x:v>10522.0251012837</x:v>
       </x:c>
       <x:c r="W22" s="0" t="n">
-        <x:v>0.0570848449</x:v>
+        <x:v>0.0522025101</x:v>
       </x:c>
       <x:c r="Z22" s="0" t="n">
-        <x:v>20002.9239620425</x:v>
+        <x:v>19995.4233152781</x:v>
       </x:c>
       <x:c r="AA22" s="0" t="n">
-        <x:v>0.1041125716</x:v>
+        <x:v>0.1040534168</x:v>
       </x:c>
       <x:c r="AB22" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC22" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF22" s="0" t="n">
-        <x:v>22674.6506802044</x:v>
+        <x:v>22674.6506802043</x:v>
       </x:c>
       <x:c r="AG22" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:33">
       <x:c r="A23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G23" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I23" s="1">
-        <x:v>45838</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="J23" s="0" t="n">
-        <x:v>4770.1265316647</x:v>
+        <x:v>4770.082030308</x:v>
       </x:c>
       <x:c r="K23" s="0" t="n">
-        <x:v>-0.5229873468</x:v>
+        <x:v>-0.522991797</x:v>
       </x:c>
       <x:c r="N23" s="0" t="n">
-        <x:v>3023.4311043548</x:v>
+        <x:v>3023.4196240731</x:v>
       </x:c>
       <x:c r="O23" s="0" t="n">
-        <x:v>-0.1570812291</x:v>
+        <x:v>-0.1570816863</x:v>
       </x:c>
       <x:c r="P23" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q23" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T23" s="0" t="n">
-        <x:v>9943.0697785248</x:v>
+        <x:v>9589.7743471858</x:v>
       </x:c>
       <x:c r="U23" s="0" t="n">
-        <x:v>-0.0008152802</x:v>
+        <x:v>-0.0059660938</x:v>
       </x:c>
       <x:c r="V23" s="0" t="n">
-        <x:v>10522.0251012837</x:v>
+        <x:v>10509.2034587993</x:v>
       </x:c>
       <x:c r="W23" s="0" t="n">
-        <x:v>0.0522025101</x:v>
+        <x:v>0.0509203459</x:v>
       </x:c>
       <x:c r="Z23" s="0" t="n">
-        <x:v>20002.9239620425</x:v>
+        <x:v>19995.4233152781</x:v>
       </x:c>
       <x:c r="AA23" s="0" t="n">
-        <x:v>0.1041125716</x:v>
+        <x:v>0.1040534168</x:v>
       </x:c>
       <x:c r="AB23" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC23" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF23" s="0" t="n">
-        <x:v>22674.6506802044</x:v>
+        <x:v>22674.6506802043</x:v>
       </x:c>
       <x:c r="AG23" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:33">
       <x:c r="A24" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D24" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G24" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I24" s="1">
-        <x:v>45869</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="J24" s="0" t="n">
-        <x:v>4769.6541690824</x:v>
+        <x:v>4770.6127267627</x:v>
       </x:c>
       <x:c r="K24" s="0" t="n">
-        <x:v>-0.5230345831</x:v>
+        <x:v>-0.5229387273</x:v>
       </x:c>
       <x:c r="N24" s="0" t="n">
-        <x:v>3023.344468808</x:v>
+        <x:v>3023.5573131321</x:v>
       </x:c>
       <x:c r="O24" s="0" t="n">
-        <x:v>-0.1570846796</x:v>
+        <x:v>-0.1570762025</x:v>
       </x:c>
       <x:c r="P24" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q24" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T24" s="0" t="n">
-        <x:v>9936.2729148698</x:v>
+        <x:v>9592.5354148582</x:v>
       </x:c>
       <x:c r="U24" s="0" t="n">
-        <x:v>-0.0009128832</x:v>
+        <x:v>-0.0059252131</x:v>
       </x:c>
       <x:c r="V24" s="0" t="n">
-        <x:v>10522.0251012837</x:v>
+        <x:v>10504.8319738746</x:v>
       </x:c>
       <x:c r="W24" s="0" t="n">
-        <x:v>0.0522025101</x:v>
+        <x:v>0.0504831974</x:v>
       </x:c>
       <x:c r="Z24" s="0" t="n">
-        <x:v>19995.4233152781</x:v>
+        <x:v>19977.1347211737</x:v>
       </x:c>
       <x:c r="AA24" s="0" t="n">
-        <x:v>0.1040534168</x:v>
+        <x:v>0.1039091016</x:v>
       </x:c>
       <x:c r="AB24" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC24" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF24" s="0" t="n">
-        <x:v>22674.6506802043</x:v>
+        <x:v>22674.6506802044</x:v>
       </x:c>
       <x:c r="AG24" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:33">
       <x:c r="A25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D25" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G25" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I25" s="1">
-        <x:v>45898</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="J25" s="0" t="n">
-        <x:v>4770.082030308</x:v>
+        <x:v>4770.5974693408</x:v>
       </x:c>
       <x:c r="K25" s="0" t="n">
-        <x:v>-0.522991797</x:v>
+        <x:v>-0.5229402531</x:v>
       </x:c>
       <x:c r="N25" s="0" t="n">
-        <x:v>3023.4196240731</x:v>
+        <x:v>3023.5687436504</x:v>
       </x:c>
       <x:c r="O25" s="0" t="n">
-        <x:v>-0.1570816863</x:v>
+        <x:v>-0.1570757473</x:v>
       </x:c>
       <x:c r="P25" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q25" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T25" s="0" t="n">
-        <x:v>9589.7743471858</x:v>
+        <x:v>9746.1301992003</x:v>
       </x:c>
       <x:c r="U25" s="0" t="n">
-        <x:v>-0.0059660938</x:v>
+        <x:v>-0.0036668021</x:v>
       </x:c>
       <x:c r="V25" s="0" t="n">
-        <x:v>10509.2034587993</x:v>
+        <x:v>10426.5600802692</x:v>
       </x:c>
       <x:c r="W25" s="0" t="n">
-        <x:v>0.0509203459</x:v>
+        <x:v>0.042656008</x:v>
       </x:c>
       <x:c r="Z25" s="0" t="n">
-        <x:v>19995.4233152781</x:v>
+        <x:v>19969.3620052747</x:v>
       </x:c>
       <x:c r="AA25" s="0" t="n">
-        <x:v>0.1040534168</x:v>
+        <x:v>0.1038477328</x:v>
       </x:c>
       <x:c r="AB25" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC25" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF25" s="0" t="n">
-        <x:v>22674.6506802043</x:v>
+        <x:v>22674.6506802044</x:v>
       </x:c>
       <x:c r="AG25" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:33">
       <x:c r="A26" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G26" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I26" s="1">
-        <x:v>45930</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="J26" s="0" t="n">
-        <x:v>4770.6127267627</x:v>
+        <x:v>4769.2269135555</x:v>
       </x:c>
       <x:c r="K26" s="0" t="n">
-        <x:v>-0.5229387273</x:v>
+        <x:v>-0.5230773086</x:v>
       </x:c>
       <x:c r="N26" s="0" t="n">
-        <x:v>3023.5573131321</x:v>
+        <x:v>3023.2884926727</x:v>
       </x:c>
       <x:c r="O26" s="0" t="n">
-        <x:v>-0.1570762025</x:v>
+        <x:v>-0.1570869091</x:v>
       </x:c>
       <x:c r="P26" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q26" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T26" s="0" t="n">
-        <x:v>9592.5354148582</x:v>
+        <x:v>9280.9658258716</x:v>
       </x:c>
       <x:c r="U26" s="0" t="n">
-        <x:v>-0.0059252131</x:v>
+        <x:v>-0.0106033094</x:v>
       </x:c>
       <x:c r="V26" s="0" t="n">
-        <x:v>10504.8319738746</x:v>
+        <x:v>10415.4714673047</x:v>
       </x:c>
       <x:c r="W26" s="0" t="n">
-        <x:v>0.0504831974</x:v>
+        <x:v>0.0415471467</x:v>
       </x:c>
       <x:c r="Z26" s="0" t="n">
-        <x:v>19977.1347211737</x:v>
+        <x:v>19969.3620052747</x:v>
       </x:c>
       <x:c r="AA26" s="0" t="n">
-        <x:v>0.1039091016</x:v>
+        <x:v>0.1038477328</x:v>
       </x:c>
       <x:c r="AB26" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC26" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF26" s="0" t="n">
-        <x:v>22674.6506802044</x:v>
+        <x:v>22674.6506802043</x:v>
       </x:c>
       <x:c r="AG26" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:33">
       <x:c r="A27" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D27" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G27" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I27" s="1">
-        <x:v>45961</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="J27" s="0" t="n">
-        <x:v>4770.5974693408</x:v>
+        <x:v>4769.6762977341</x:v>
       </x:c>
       <x:c r="K27" s="0" t="n">
-        <x:v>-0.5229402531</x:v>
+        <x:v>-0.5230323702</x:v>
       </x:c>
       <x:c r="N27" s="0" t="n">
-        <x:v>3023.5687436504</x:v>
+        <x:v>3023.369552737</x:v>
       </x:c>
       <x:c r="O27" s="0" t="n">
-        <x:v>-0.1570757473</x:v>
+        <x:v>-0.1570836806</x:v>
       </x:c>
       <x:c r="P27" s="0" t="n">
         <x:v>8284.2859963321</x:v>
       </x:c>
       <x:c r="Q27" s="0" t="n">
         <x:v>-0.1715714004</x:v>
       </x:c>
       <x:c r="T27" s="0" t="n">
-        <x:v>9746.1301992003</x:v>
+        <x:v>9331.2024003133</x:v>
       </x:c>
       <x:c r="U27" s="0" t="n">
-        <x:v>-0.0036668021</x:v>
+        <x:v>-0.0098400117</x:v>
       </x:c>
       <x:c r="V27" s="0" t="n">
-        <x:v>10426.5600802692</x:v>
+        <x:v>10404.1594996504</x:v>
       </x:c>
       <x:c r="W27" s="0" t="n">
-        <x:v>0.042656008</x:v>
+        <x:v>0.04041595</x:v>
       </x:c>
       <x:c r="Z27" s="0" t="n">
-        <x:v>19969.3620052748</x:v>
+        <x:v>19969.3620052747</x:v>
       </x:c>
       <x:c r="AA27" s="0" t="n">
         <x:v>0.1038477328</x:v>
       </x:c>
       <x:c r="AB27" s="0" t="n">
         <x:v>13726.1540562361</x:v>
       </x:c>
       <x:c r="AC27" s="0" t="n">
         <x:v>0.3726154056</x:v>
       </x:c>
       <x:c r="AF27" s="0" t="n">
         <x:v>22674.6506802043</x:v>
       </x:c>
       <x:c r="AG27" s="0" t="n">
         <x:v>0.124065232</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>