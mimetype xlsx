--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,139 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-[...13 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing" Extension="vml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml" PartName="/xl/calcChain.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27726"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24701"/>
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <mc:AlternateContent>
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\UID\Team\RegRep\Meldewesen\VAG\Mandant UI\Meldungen\2025\2025 - 06\Homepage\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\PDFS\xentis\CS\Reporting\03_Doku\01_Final_Skripte\VAG_2022_Versicherungsaufsichtsgesetz_Reporting\01_Spezifikation_VAG 2022\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{895596C9-9641-4490-B61A-02392361DD05}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A06E252C-FA90-439C-8D90-398777F8F7C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Datenblatt" sheetId="4" r:id="rId1"/>
     <sheet name="BVI-Schuldnerliste" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'BVI-Datenblatt'!$A$1:$F$56</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'BVI-Schuldnerliste'!$A$1:$L$24</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'BVI-Datenblatt'!$A$1:$E$56</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'BVI-Schuldnerliste'!$A$1:$L$28</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" fullCalcOnLoad="true"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
-        <xcalcf:feature name="microsoft.com:LET_WF"/>
-[...1 lines deleted...]
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E46" i="4" l="1"/>
   <c r="E44" i="4"/>
   <c r="E42" i="4"/>
   <c r="E40" i="4"/>
   <c r="E38" i="4"/>
   <c r="D20" i="2"/>
   <c r="D19" i="2"/>
   <c r="D18" i="2"/>
   <c r="D17" i="2"/>
   <c r="D16" i="2"/>
   <c r="D15" i="2"/>
   <c r="D14" i="2"/>
   <c r="D13" i="2"/>
   <c r="D12" i="2"/>
   <c r="D11" i="2"/>
   <c r="E54" i="4" l="1"/>
   <c r="E25" i="4" l="1"/>
   <c r="E53" i="4"/>
   <c r="E52" i="4"/>
   <c r="E51" i="4"/>
   <c r="E50" i="4"/>
   <c r="E49" i="4"/>
   <c r="E48" i="4"/>
   <c r="E47" i="4"/>
   <c r="E45" i="4"/>
   <c r="E43" i="4"/>
   <c r="E41" i="4"/>
   <c r="E39" i="4"/>
   <c r="E37" i="4"/>
   <c r="E36" i="4"/>
   <c r="E35" i="4"/>
   <c r="E34" i="4"/>
   <c r="E33" i="4"/>
   <c r="E32" i="4"/>
   <c r="E31" i="4"/>
   <c r="E30" i="4"/>
   <c r="E29" i="4"/>
   <c r="E28" i="4"/>
   <c r="E27" i="4"/>
   <c r="E26" i="4"/>
   <c r="D55" i="4"/>
   <c r="D56" i="4" l="1"/>
-  <c r="C10" i="2"/>
-[...5 lines deleted...]
-  <c r="C2" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Felix Ertl</author>
     <author>Vorschlag</author>
     <author>steffen</author>
   </authors>
   <commentList>
     <comment ref="D1" authorId="0" shapeId="0" xr:uid="{182D5E5D-E47D-4AD0-881D-FA7F27484AC1}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Zur besseren CSV-Verarbeitung wird das Wort Prozent ausgeschrieben. 
 </t>
         </r>
       </text>
     </comment>
@@ -825,51 +814,51 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve"> </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="193" uniqueCount="142">
   <si>
     <t>Anzahl der Anteile</t>
   </si>
   <si>
     <t>Buchwert eines Anteils</t>
   </si>
   <si>
     <t>Berichtsstichtag</t>
   </si>
   <si>
     <t>Nr. der AnlV</t>
   </si>
   <si>
     <t>Rückgabefrist der Fondsanteile</t>
   </si>
   <si>
     <t>Index / Benchmark I</t>
   </si>
   <si>
     <t>Anteil an Immobilien</t>
   </si>
   <si>
     <t>Anteil an REITs</t>
   </si>
   <si>
@@ -1046,50 +1035,56 @@
     <t>07_sonstiger Identifier des Ausstellers (Schuldners)</t>
   </si>
   <si>
     <t>Name des Fonds/der Anteilsklasse</t>
   </si>
   <si>
     <t>e</t>
   </si>
   <si>
     <t>f</t>
   </si>
   <si>
     <t>g</t>
   </si>
   <si>
     <t>h</t>
   </si>
   <si>
     <t>i</t>
   </si>
   <si>
     <t xml:space="preserve">Währung </t>
   </si>
   <si>
     <t>Identifier (ISIN)</t>
+  </si>
+  <si>
+    <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 größten Aussteller (Schuldner) zeitnah erhält.</t>
+  </si>
+  <si>
+    <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds – ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
   <si>
     <t>Zur Erleichterung der Identifikation kann die Emittenten-Nr.  oder -LEI bzw. Konzern-Nr. oder -LEI von WM-Datenservice verwendet werden.</t>
   </si>
   <si>
     <t>davon: Anteil der Schuldverschreibungen nach Nr. 7 Bst. c</t>
   </si>
   <si>
     <t>davon: Anteil der Schuldverschreibungen nach Nr. 8</t>
   </si>
   <si>
     <t>Bonität der Anlagen: Investment-Grade I (AAA bis A-)</t>
   </si>
   <si>
     <t>Bonität der Anlagen: Investment-Grade II (BBB+ bis BBB-)</t>
   </si>
   <si>
     <t>Bonität der Anlagen: Speculative-Grade (BB+ bis B-)</t>
   </si>
   <si>
     <t>Bonität der Anlagen: Default Risk / Default (CCC bis D)</t>
   </si>
   <si>
     <t>Bonität der Anlagen: Ohne Bonitätseinschätzung</t>
   </si>
@@ -1140,181 +1135,184 @@
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
 (prozent vom Wert des Fonds/Anteilsklasse)</t>
   </si>
   <si>
     <t>45b</t>
   </si>
   <si>
     <t>32a*</t>
   </si>
   <si>
     <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
   </si>
   <si>
     <t>33a*</t>
   </si>
   <si>
     <t>34a*</t>
   </si>
   <si>
     <t>35a*</t>
   </si>
   <si>
     <t>36a*</t>
   </si>
   <si>
-    <t>30.06.2025</t>
+    <t/>
+  </si>
+  <si>
+    <t>30.09.2025</t>
   </si>
   <si>
     <t>Berenberg Euro Bonds R A</t>
   </si>
   <si>
     <t>DE000A0MZ309</t>
   </si>
   <si>
     <t xml:space="preserve">Universal-Investment-Gesellschaft mbH </t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>börsentäglich</t>
   </si>
   <si>
     <t>ohne Benchmark</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>Raiffeisen Bank International AG</t>
+  </si>
+  <si>
+    <t>9ZHRYM6F437SQJ6OUG95</t>
+  </si>
+  <si>
+    <t>208403</t>
+  </si>
+  <si>
     <t>Rue La Boétie SAS</t>
   </si>
   <si>
     <t>969500RVTZ7F39OODR41</t>
   </si>
   <si>
     <t>767041</t>
   </si>
   <si>
-    <t>Raiffeisen Bank International AG</t>
-[...7 lines deleted...]
-  <si>
     <t>Intesa Sanpaolo S.p.A.</t>
   </si>
   <si>
     <t>2W8N8UU78PMDQKZENC08</t>
   </si>
   <si>
     <t>850605</t>
   </si>
   <si>
+    <t>BPCE S.A.</t>
+  </si>
+  <si>
+    <t>9695005MSX1OYEMGDF46</t>
+  </si>
+  <si>
+    <t>459023</t>
+  </si>
+  <si>
     <t>Italien, Republik</t>
   </si>
   <si>
     <t>815600DE60799F5A9309</t>
   </si>
   <si>
     <t>465688</t>
   </si>
   <si>
     <t>Münchener Hypothekenbank eG</t>
   </si>
   <si>
     <t>529900GM944JT8YIRL63</t>
   </si>
   <si>
     <t>215000</t>
   </si>
   <si>
     <t>BayernLB Holding AG</t>
   </si>
   <si>
     <t>549300SFBH6HQ1OX6A97</t>
   </si>
   <si>
     <t>589705</t>
   </si>
   <si>
-    <t>Caixabank S.A.</t>
-[...32 lines deleted...]
-    <t>401222</t>
+    <t>Oldenburgische Landesbank AG</t>
+  </si>
+  <si>
+    <t>5299008I0TO44SUINZ71</t>
+  </si>
+  <si>
+    <t>808600</t>
+  </si>
+  <si>
+    <t>BNP Paribas S.A.</t>
+  </si>
+  <si>
+    <t>R0MUWSFPU8MPRO8K5P83</t>
+  </si>
+  <si>
+    <t>871001</t>
+  </si>
+  <si>
+    <t>Magellan Capital Holdings PLC</t>
+  </si>
+  <si>
+    <t>254900YN2K3DJ8B72Q22</t>
+  </si>
+  <si>
+    <t>301793</t>
   </si>
   <si>
     <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 grössten Aussteller (Schuldner) zeitnah erhält.</t>
   </si>
   <si>
     <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
-    <numFmt numFmtId="165" formatCode="0.000000"/>
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="164" formatCode="0.000000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
-      <sz val="8"/>
+      <sz val="8.0"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="10"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Segoe UI"/>
@@ -1359,292 +1357,357 @@
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor theme="0" rgb="FFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill patternType="solid"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill/>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin"/>
+    </border>
+    <border>
+      <left style="thin"/>
+      <right style="thin"/>
+    </border>
+    <border>
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+    </border>
+    <border>
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin"/>
+      <bottom style="thin"/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin"/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="10" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="8" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="1" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="49" fontId="1" fillId="4" borderId="1" xfId="0" applyAlignment="true" applyFont="true" applyNumberFormat="true" quotePrefix="false" applyBorder="true" applyFill="true">
+      <alignment horizontal="general" vertical="top" wrapText="true" indent="0" textRotation="0" shrinkToFit="false"/>
+      <protection hidden="false" locked="true"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="8" borderId="1" xfId="0" applyAlignment="true" applyFont="true" applyNumberFormat="true" quotePrefix="false" applyBorder="true" applyFill="true">
+      <alignment horizontal="right" vertical="top" wrapText="false" indent="0" textRotation="0" shrinkToFit="false"/>
+      <protection hidden="false" locked="true"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyAlignment="true" applyFont="true" applyNumberFormat="true" quotePrefix="false" applyBorder="true" applyFill="true">
+      <alignment horizontal="general" vertical="top" wrapText="true" indent="0" textRotation="0" shrinkToFit="false"/>
+      <protection hidden="false" locked="true"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyAlignment="true" applyFont="true" applyNumberFormat="true" quotePrefix="false" applyBorder="true" applyFill="true">
+      <alignment horizontal="center" vertical="top" wrapText="false" indent="0" textRotation="0" shrinkToFit="false"/>
+      <protection hidden="false" locked="true"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Komma" xfId="2" builtinId="3"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId3" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId4" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId5" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId6" Target="calcChain.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1949,1021 +2012,1025 @@
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId3" Target="../comments1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/vmlDrawing2.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId3" Target="../comments2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <outlinePr summaryRight="true"/>
+  </sheetPr>
   <dimension ref="A1:N56"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView tabSelected="true" zoomScaleNormal="100" workbookViewId="0" showRowColHeaders="true">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.6640625" style="46" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="242" max="16384" width="11.5" style="22"/>
+    <col min="1" max="1" customWidth="true" style="49" width="10.7109375"/>
+    <col min="2" max="2" customWidth="true" style="50" width="65.7109375"/>
+    <col min="3" max="3" customWidth="true" style="51" width="40.7109375"/>
+    <col min="4" max="4" customWidth="true" style="52" width="25.7109375"/>
+    <col min="5" max="5" customWidth="true" style="24" width="25.7109375"/>
+    <col min="6" max="235" style="24" width="11.42578125"/>
+    <col min="236" max="236" customWidth="true" style="24" width="5.140625"/>
+    <col min="237" max="237" customWidth="true" style="24" width="34.0"/>
+    <col min="238" max="238" customWidth="true" style="24" width="24.85546875"/>
+    <col min="239" max="239" customWidth="true" style="24" width="22.5703125"/>
+    <col min="240" max="240" customWidth="true" style="24" width="22.28515625"/>
+    <col min="241" max="241" customWidth="true" style="24" width="20.140625"/>
+    <col min="242" max="16384" style="24" width="11.42578125"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A1" s="18" t="s">
+      <c r="A1" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="B1" s="19" t="s">
+      <c r="B1" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="C1" s="20" t="s">
+      <c r="C1" s="22" t="s">
         <v>24</v>
       </c>
-      <c r="D1" s="21" t="s">
+      <c r="D1" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="E1" s="20" t="s">
+      <c r="E1" s="22" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A2" s="23">
+      <c r="A2" s="25">
         <v>0</v>
       </c>
-      <c r="B2" s="24" t="s">
+      <c r="B2" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="25" t="s">
-[...3 lines deleted...]
-      <c r="E2" s="27"/>
+      <c r="C2" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="D2" s="28"/>
+      <c r="E2" s="29"/>
     </row>
     <row r="3" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A3" s="23" t="s">
+      <c r="A3" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="B3" s="24" t="s">
+      <c r="B3" s="26" t="s">
         <v>65</v>
       </c>
-      <c r="C3" s="50" t="s">
-[...3 lines deleted...]
-      <c r="E3" s="27"/>
+      <c r="C3" s="53" t="s">
+        <v>103</v>
+      </c>
+      <c r="D3" s="28"/>
+      <c r="E3" s="29"/>
     </row>
     <row r="4" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A4" s="28">
+      <c r="A4" s="30">
         <v>1</v>
       </c>
-      <c r="B4" s="29" t="s">
+      <c r="B4" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="30"/>
-[...1 lines deleted...]
-      <c r="E4" s="27"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="28"/>
+      <c r="E4" s="29"/>
     </row>
     <row r="5" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A5" s="31">
+      <c r="A5" s="33">
         <v>2</v>
       </c>
-      <c r="B5" s="32" t="s">
+      <c r="B5" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="33"/>
-[...1 lines deleted...]
-      <c r="E5" s="27"/>
+      <c r="C5" s="35"/>
+      <c r="D5" s="28"/>
+      <c r="E5" s="29"/>
     </row>
     <row r="6" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A6" s="31">
+      <c r="A6" s="33">
         <v>3</v>
       </c>
-      <c r="B6" s="34" t="s">
+      <c r="B6" s="36" t="s">
         <v>72</v>
       </c>
-      <c r="C6" s="25" t="s">
-[...12 lines deleted...]
-      <c r="N6" s="35"/>
+      <c r="C6" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="D6" s="28"/>
+      <c r="E6" s="29"/>
+      <c r="F6" s="37"/>
+      <c r="G6" s="37"/>
+      <c r="H6" s="37"/>
+      <c r="I6" s="37"/>
+      <c r="J6" s="37"/>
+      <c r="K6" s="37"/>
+      <c r="L6" s="37"/>
+      <c r="M6" s="37"/>
+      <c r="N6" s="37"/>
     </row>
     <row r="7" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A7" s="31">
+      <c r="A7" s="33">
         <v>4</v>
       </c>
-      <c r="B7" s="32" t="s">
+      <c r="B7" s="34" t="s">
         <v>28</v>
       </c>
-      <c r="C7" s="50" t="s">
-[...3 lines deleted...]
-      <c r="E7" s="27"/>
+      <c r="C7" s="53" t="s">
+        <v>105</v>
+      </c>
+      <c r="D7" s="28"/>
+      <c r="E7" s="29"/>
     </row>
     <row r="8" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A8" s="31">
+      <c r="A8" s="33">
         <v>5</v>
       </c>
-      <c r="B8" s="32" t="s">
+      <c r="B8" s="34" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="50" t="s">
-[...3 lines deleted...]
-      <c r="E8" s="27"/>
+      <c r="C8" s="53" t="s">
+        <v>106</v>
+      </c>
+      <c r="D8" s="28"/>
+      <c r="E8" s="29"/>
     </row>
     <row r="9" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A9" s="31">
+      <c r="A9" s="33">
         <v>6</v>
       </c>
-      <c r="B9" s="32" t="s">
+      <c r="B9" s="34" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="25">
-[...6 lines deleted...]
-      <c r="A10" s="31">
+      <c r="C9" s="27" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="D9" s="28"/>
+      <c r="E9" s="29"/>
+    </row>
+    <row r="10" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A10" s="33">
         <v>7</v>
       </c>
-      <c r="B10" s="32" t="s">
+      <c r="B10" s="34" t="s">
         <v>31</v>
       </c>
-      <c r="C10" s="25">
-[...8 lines deleted...]
-      <c r="A11" s="31">
+      <c r="C10" s="27" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="D10" s="28"/>
+      <c r="E10" s="29"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+    </row>
+    <row r="11" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A11" s="33">
         <v>8</v>
       </c>
-      <c r="B11" s="32" t="s">
+      <c r="B11" s="34" t="s">
         <v>32</v>
       </c>
-      <c r="C11" s="25">
-[...9 lines deleted...]
-      <c r="A12" s="31">
+      <c r="C11" s="27" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="D11" s="28"/>
+      <c r="E11" s="29"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+    </row>
+    <row r="12" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A12" s="33">
         <v>9</v>
       </c>
-      <c r="B12" s="32" t="s">
+      <c r="B12" s="34" t="s">
         <v>4</v>
       </c>
-      <c r="C12" s="50" t="s">
-[...9 lines deleted...]
-      <c r="A13" s="31">
+      <c r="C12" s="53" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" s="28"/>
+      <c r="E12" s="29"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+    </row>
+    <row r="13" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A13" s="33">
         <v>10</v>
       </c>
-      <c r="B13" s="32" t="s">
+      <c r="B13" s="34" t="s">
         <v>33</v>
       </c>
-      <c r="C13" s="36"/>
-[...9 lines deleted...]
-      <c r="A14" s="31">
+      <c r="C13" s="38"/>
+      <c r="D13" s="39" t="n">
+        <v>117.42</v>
+      </c>
+      <c r="E13" s="29"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+    </row>
+    <row r="14" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A14" s="33">
         <v>11</v>
       </c>
-      <c r="B14" s="32" t="s">
+      <c r="B14" s="34" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="50"/>
-[...4 lines deleted...]
-      <c r="H14" s="22"/>
+      <c r="C14" s="53"/>
+      <c r="D14" s="39"/>
+      <c r="E14" s="29"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
     </row>
     <row r="15" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A15" s="31">
+      <c r="A15" s="33">
         <v>12</v>
       </c>
-      <c r="B15" s="32" t="s">
+      <c r="B15" s="34" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="50" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="27"/>
+      <c r="C15" s="53" t="s">
+        <v>108</v>
+      </c>
+      <c r="D15" s="39" t="n">
+        <v>100.0</v>
+      </c>
+      <c r="E15" s="29"/>
     </row>
     <row r="16" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A16" s="31">
+      <c r="A16" s="33">
         <v>13</v>
       </c>
-      <c r="B16" s="32" t="s">
+      <c r="B16" s="34" t="s">
         <v>3</v>
       </c>
-      <c r="C16" s="25">
+      <c r="C16" s="27" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="D16" s="28"/>
+      <c r="E16" s="29"/>
+    </row>
+    <row r="17" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="33">
+        <v>14</v>
+      </c>
+      <c r="B17" s="34" t="s">
+        <v>35</v>
+      </c>
+      <c r="C17" s="40"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="29"/>
+    </row>
+    <row r="18" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="33">
         <v>15</v>
       </c>
-      <c r="D16" s="26"/>
-[...17 lines deleted...]
-      <c r="B18" s="32" t="s">
+      <c r="B18" s="34" t="s">
         <v>36</v>
       </c>
-      <c r="C18" s="38"/>
-[...1 lines deleted...]
-      <c r="E18" s="27"/>
+      <c r="C18" s="40"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="29"/>
     </row>
     <row r="19" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A19" s="31">
+      <c r="A19" s="33">
         <v>16</v>
       </c>
-      <c r="B19" s="32" t="s">
+      <c r="B19" s="34" t="s">
         <v>37</v>
       </c>
-      <c r="C19" s="25">
-[...3 lines deleted...]
-      <c r="E19" s="27"/>
+      <c r="C19" s="27" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="D19" s="28"/>
+      <c r="E19" s="29"/>
     </row>
     <row r="20" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A20" s="31">
+      <c r="A20" s="33">
         <v>17</v>
       </c>
-      <c r="B20" s="32" t="s">
+      <c r="B20" s="34" t="s">
         <v>38</v>
       </c>
-      <c r="C20" s="36"/>
-[...1 lines deleted...]
-      <c r="E20" s="27"/>
+      <c r="C20" s="38"/>
+      <c r="D20" s="41"/>
+      <c r="E20" s="29"/>
     </row>
     <row r="21" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A21" s="31">
+      <c r="A21" s="33">
         <v>18</v>
       </c>
-      <c r="B21" s="32" t="s">
+      <c r="B21" s="34" t="s">
         <v>39</v>
       </c>
-      <c r="C21" s="36"/>
-[...1 lines deleted...]
-      <c r="E21" s="27"/>
+      <c r="C21" s="38"/>
+      <c r="D21" s="41"/>
+      <c r="E21" s="29"/>
     </row>
     <row r="22" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A22" s="31">
+      <c r="A22" s="33">
         <v>19</v>
       </c>
-      <c r="B22" s="34" t="s">
+      <c r="B22" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="C22" s="36"/>
-[...2 lines deleted...]
-        <v>70.180000000000007</v>
+      <c r="C22" s="38"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="42" t="n">
+        <v>71.02</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A23" s="41" t="s">
+      <c r="A23" s="43" t="s">
         <v>41</v>
       </c>
-      <c r="B23" s="34" t="s">
+      <c r="B23" s="36" t="s">
         <v>42</v>
       </c>
-      <c r="C23" s="51" t="s">
-[...3 lines deleted...]
-      <c r="E23" s="26"/>
+      <c r="C23" s="54" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" s="28"/>
+      <c r="E23" s="28"/>
     </row>
     <row r="24" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A24" s="41" t="s">
+      <c r="A24" s="43" t="s">
         <v>43</v>
       </c>
-      <c r="B24" s="34" t="s">
+      <c r="B24" s="36" t="s">
         <v>17</v>
       </c>
-      <c r="C24" s="36"/>
-[...3 lines deleted...]
-      <c r="E24" s="26"/>
+      <c r="C24" s="38"/>
+      <c r="D24" s="42" t="n">
+        <v>0.93</v>
+      </c>
+      <c r="E24" s="28"/>
     </row>
     <row r="25" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A25" s="31">
+      <c r="A25" s="33">
         <v>20</v>
       </c>
-      <c r="B25" s="32" t="s">
+      <c r="B25" s="34" t="s">
         <v>44</v>
       </c>
-      <c r="C25" s="36"/>
-[...1 lines deleted...]
-        <v>15.77</v>
+      <c r="C25" s="38"/>
+      <c r="D25" s="39" t="n">
+        <v>13.0</v>
       </c>
       <c r="E25" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A26" s="31">
+      <c r="A26" s="33">
         <v>21</v>
       </c>
-      <c r="B26" s="32" t="s">
+      <c r="B26" s="34" t="s">
         <v>45</v>
       </c>
-      <c r="C26" s="36"/>
-[...1 lines deleted...]
-        <v>0.02</v>
+      <c r="C26" s="38"/>
+      <c r="D26" s="39" t="n">
+        <v>0.07</v>
       </c>
       <c r="E26" s="9" t="str">
         <f t="shared" ref="E26:E54" si="0">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D26/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A27" s="31">
+      <c r="A27" s="33">
         <v>22</v>
       </c>
-      <c r="B27" s="32" t="s">
+      <c r="B27" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="C27" s="36"/>
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="C27" s="38"/>
+      <c r="D27" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E27" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A28" s="31">
+      <c r="A28" s="33">
         <v>23</v>
       </c>
-      <c r="B28" s="32" t="s">
+      <c r="B28" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="C28" s="36"/>
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="C28" s="38"/>
+      <c r="D28" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E28" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A29" s="31">
+      <c r="A29" s="33">
         <v>24</v>
       </c>
-      <c r="B29" s="32" t="s">
+      <c r="B29" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="C29" s="36"/>
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="C29" s="38"/>
+      <c r="D29" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E29" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A30" s="31">
+      <c r="A30" s="33">
         <v>25</v>
       </c>
-      <c r="B30" s="32" t="s">
+      <c r="B30" s="34" t="s">
         <v>47</v>
       </c>
-      <c r="C30" s="36"/>
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="C30" s="38"/>
+      <c r="D30" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E30" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A31" s="31">
+      <c r="A31" s="33">
         <v>26</v>
       </c>
-      <c r="B31" s="32" t="s">
+      <c r="B31" s="34" t="s">
         <v>48</v>
       </c>
-      <c r="C31" s="36"/>
-[...1 lines deleted...]
-        <v>81.66</v>
+      <c r="C31" s="38"/>
+      <c r="D31" s="39" t="n">
+        <v>84.04</v>
       </c>
       <c r="E31" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A32" s="31" t="s">
+      <c r="A32" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="B32" s="34" t="s">
-[...4 lines deleted...]
-        <v>0</v>
+      <c r="B32" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="C32" s="38"/>
+      <c r="D32" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E32" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A33" s="31" t="s">
+      <c r="A33" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="B33" s="34" t="s">
-[...4 lines deleted...]
-        <v>2.4</v>
+      <c r="B33" s="36" t="s">
+        <v>77</v>
+      </c>
+      <c r="C33" s="38"/>
+      <c r="D33" s="39" t="n">
+        <v>2.94</v>
       </c>
       <c r="E33" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="34" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A34" s="31">
+      <c r="A34" s="33">
         <v>29</v>
       </c>
-      <c r="B34" s="32" t="s">
+      <c r="B34" s="34" t="s">
         <v>49</v>
       </c>
-      <c r="C34" s="36"/>
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="C34" s="38"/>
+      <c r="D34" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E34" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A35" s="31">
+      <c r="A35" s="33">
         <v>30</v>
       </c>
-      <c r="B35" s="32" t="s">
+      <c r="B35" s="34" t="s">
         <v>50</v>
       </c>
-      <c r="C35" s="36"/>
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="C35" s="38"/>
+      <c r="D35" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E35" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A36" s="31">
+      <c r="A36" s="33">
         <v>31</v>
       </c>
-      <c r="B36" s="32" t="s">
+      <c r="B36" s="34" t="s">
         <v>51</v>
       </c>
-      <c r="C36" s="36"/>
-[...1 lines deleted...]
-        <v>1.01</v>
+      <c r="C36" s="38"/>
+      <c r="D36" s="39" t="n">
+        <v>1.3</v>
       </c>
       <c r="E36" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A37" s="31" t="s">
+      <c r="A37" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="B37" s="34" t="s">
-[...4 lines deleted...]
-        <v>39.35</v>
+      <c r="B37" s="36" t="s">
+        <v>78</v>
+      </c>
+      <c r="C37" s="38"/>
+      <c r="D37" s="39" t="n">
+        <v>51.23</v>
       </c>
       <c r="E37" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A38" s="42" t="s">
-[...7 lines deleted...]
-        <v>39.35</v>
+      <c r="A38" s="45" t="s">
+        <v>95</v>
+      </c>
+      <c r="B38" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="C38" s="38"/>
+      <c r="D38" s="39" t="n">
+        <v>51.23</v>
       </c>
       <c r="E38" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D38/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B39" s="32" t="s">
-[...4 lines deleted...]
-        <v>29.32</v>
+      <c r="B39" s="34" t="s">
+        <v>79</v>
+      </c>
+      <c r="C39" s="38"/>
+      <c r="D39" s="39" t="n">
+        <v>24.55</v>
       </c>
       <c r="E39" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A40" s="42" t="s">
-[...7 lines deleted...]
-        <v>29.32</v>
+      <c r="A40" s="45" t="s">
+        <v>97</v>
+      </c>
+      <c r="B40" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="C40" s="38"/>
+      <c r="D40" s="39" t="n">
+        <v>24.53</v>
       </c>
       <c r="E40" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="41" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="B41" s="32" t="s">
-[...4 lines deleted...]
-        <v>9.23</v>
+      <c r="B41" s="34" t="s">
+        <v>80</v>
+      </c>
+      <c r="C41" s="38"/>
+      <c r="D41" s="39" t="n">
+        <v>8.24</v>
       </c>
       <c r="E41" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A42" s="42" t="s">
+      <c r="A42" s="45" t="s">
+        <v>98</v>
+      </c>
+      <c r="B42" s="46" t="s">
         <v>96</v>
       </c>
-      <c r="B42" s="43" t="s">
-[...4 lines deleted...]
-        <v>9.23</v>
+      <c r="C42" s="38"/>
+      <c r="D42" s="39" t="n">
+        <v>8.24</v>
       </c>
       <c r="E42" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="43" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A43" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B43" s="32" t="s">
-[...4 lines deleted...]
-        <v>0</v>
+      <c r="B43" s="34" t="s">
+        <v>81</v>
+      </c>
+      <c r="C43" s="38"/>
+      <c r="D43" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E43" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A44" s="42" t="s">
-[...7 lines deleted...]
-        <v>0</v>
+      <c r="A44" s="45" t="s">
+        <v>99</v>
+      </c>
+      <c r="B44" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="C44" s="38"/>
+      <c r="D44" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E44" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="45" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A45" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="B45" s="32" t="s">
-[...4 lines deleted...]
-        <v>3.67</v>
+      <c r="B45" s="34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C45" s="38"/>
+      <c r="D45" s="39" t="n">
+        <v>0.04</v>
       </c>
       <c r="E45" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A46" s="42" t="s">
-[...7 lines deleted...]
-        <v>3.67</v>
+      <c r="A46" s="45" t="s">
+        <v>100</v>
+      </c>
+      <c r="B46" s="46" t="s">
+        <v>96</v>
+      </c>
+      <c r="C46" s="38"/>
+      <c r="D46" s="39" t="n">
+        <v>0.04</v>
       </c>
       <c r="E46" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="47" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A47" s="31" t="s">
+      <c r="A47" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="B47" s="34" t="s">
-[...4 lines deleted...]
-        <v>15.91</v>
+      <c r="B47" s="36" t="s">
+        <v>83</v>
+      </c>
+      <c r="C47" s="38"/>
+      <c r="D47" s="39" t="n">
+        <v>14.11</v>
       </c>
       <c r="E47" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="48" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A48" s="31">
+      <c r="A48" s="33">
         <v>38</v>
       </c>
-      <c r="B48" s="32" t="s">
+      <c r="B48" s="34" t="s">
         <v>52</v>
       </c>
-      <c r="C48" s="36"/>
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="C48" s="38"/>
+      <c r="D48" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E48" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="49" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A49" s="31" t="s">
+      <c r="A49" s="33" t="s">
         <v>53</v>
       </c>
-      <c r="B49" s="34" t="s">
-[...4 lines deleted...]
-        <v>0</v>
+      <c r="B49" s="36" t="s">
+        <v>84</v>
+      </c>
+      <c r="C49" s="38"/>
+      <c r="D49" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E49" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="50" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A50" s="31">
+      <c r="A50" s="33">
         <v>40</v>
       </c>
-      <c r="B50" s="32" t="s">
+      <c r="B50" s="34" t="s">
         <v>54</v>
       </c>
-      <c r="C50" s="36"/>
-[...1 lines deleted...]
-        <v>0.01</v>
+      <c r="C50" s="38"/>
+      <c r="D50" s="39" t="n">
+        <v>0.04</v>
       </c>
       <c r="E50" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="51" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A51" s="31" t="s">
+    <row r="51" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A51" s="33" t="s">
         <v>55</v>
       </c>
-      <c r="B51" s="34" t="s">
-[...4 lines deleted...]
-        <v>0</v>
+      <c r="B51" s="36" t="s">
+        <v>85</v>
+      </c>
+      <c r="C51" s="38"/>
+      <c r="D51" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E51" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="52" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A52" s="31" t="s">
+    <row r="52" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A52" s="33" t="s">
         <v>56</v>
       </c>
-      <c r="B52" s="34" t="s">
-[...4 lines deleted...]
-        <v>0</v>
+      <c r="B52" s="36" t="s">
+        <v>86</v>
+      </c>
+      <c r="C52" s="38"/>
+      <c r="D52" s="39" t="n">
+        <v>0.0</v>
       </c>
       <c r="E52" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="53" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A53" s="31" t="s">
+      <c r="A53" s="33" t="s">
         <v>57</v>
       </c>
-      <c r="B53" s="34" t="s">
-[...4 lines deleted...]
-        <v>0.04</v>
+      <c r="B53" s="36" t="s">
+        <v>87</v>
+      </c>
+      <c r="C53" s="38"/>
+      <c r="D53" s="39" t="n">
+        <v>0.01</v>
       </c>
       <c r="E53" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="54" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A54" s="31">
+      <c r="A54" s="33">
         <v>44</v>
       </c>
-      <c r="B54" s="32" t="s">
+      <c r="B54" s="34" t="s">
         <v>58</v>
       </c>
-      <c r="C54" s="36"/>
-[...1 lines deleted...]
-        <v>1.53</v>
+      <c r="C54" s="38"/>
+      <c r="D54" s="39" t="n">
+        <v>1.55</v>
       </c>
       <c r="E54" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="A55" s="41" t="s">
+      <c r="A55" s="43" t="s">
         <v>59</v>
       </c>
-      <c r="B55" s="34" t="s">
+      <c r="B55" s="36" t="s">
         <v>16</v>
       </c>
-      <c r="C55" s="36"/>
-      <c r="D55" s="44">
+      <c r="C55" s="38"/>
+      <c r="D55" s="47" t="n">
         <f>SUM(D25:D31,D34:D36,D48,D50,D54)</f>
-        <v>100</v>
+        <v>100.00000000000001</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A56" s="41" t="s">
-[...6 lines deleted...]
-      <c r="D56" s="45">
+      <c r="A56" s="43" t="s">
+        <v>94</v>
+      </c>
+      <c r="B56" s="36" t="s">
+        <v>88</v>
+      </c>
+      <c r="C56" s="38"/>
+      <c r="D56" s="48" t="n">
         <f>IF(D13&gt;0,D13-100,"")</f>
-        <v>8.11</v>
-[...1 lines deleted...]
-      <c r="E56" s="27"/>
+        <v>17.42</v>
+      </c>
+      <c r="E56" s="29"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
-  <printOptions headings="1"/>
+  <printOptions headings="1" gridLines="false"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
+    <outlinePr summaryRight="true"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L24"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0" showRowColHeaders="true" tabSelected="false">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.6640625" style="5" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="11.5" style="5"/>
+    <col min="1" max="1" customWidth="true" style="5" width="10.7109375"/>
+    <col min="2" max="2" customWidth="true" style="5" width="53.85546875"/>
+    <col min="3" max="3" customWidth="true" style="5" width="22.7109375"/>
+    <col min="4" max="4" customWidth="true" style="5" width="21.0"/>
+    <col min="5" max="5" customWidth="true" style="5" width="28.7109375"/>
+    <col min="6" max="6" customWidth="true" style="5" width="18.7109375"/>
+    <col min="7" max="7" customWidth="true" style="5" width="22.7109375"/>
+    <col min="8" max="8" customWidth="true" style="5" width="30.7109375"/>
+    <col min="9" max="9" customWidth="true" style="5" width="75.7109375"/>
+    <col min="10" max="10" customWidth="true" style="5" width="45.7109375"/>
+    <col min="11" max="11" customWidth="true" style="5" width="30.7109375"/>
+    <col min="12" max="12" customWidth="true" style="5" width="65.7109375"/>
+    <col min="13" max="16384" style="5" width="11.42578125"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="190.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>63</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>64</v>
       </c>
       <c r="H1" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I1" s="4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J1" s="4" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K1" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="L1" s="4" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>30.06.2025</v>
+        <v>30.09.2025</v>
       </c>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
     </row>
-    <row r="3" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="C3" s="52" t="str">
+      <c r="C3" s="55" t="str">
         <f>'BVI-Datenblatt'!C3</f>
         <v>Berenberg Euro Bonds R A</v>
       </c>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
       <c r="G3" s="9"/>
       <c r="H3" s="9"/>
       <c r="I3" s="9"/>
       <c r="J3" s="9"/>
       <c r="K3" s="9"/>
       <c r="L3" s="9"/>
     </row>
     <row r="4" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A4" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="10"/>
       <c r="D4" s="9"/>
       <c r="E4" s="9"/>
       <c r="F4" s="9"/>
       <c r="G4" s="9"/>
@@ -2990,567 +3057,569 @@
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
     </row>
     <row r="6" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A6" s="11" t="s">
         <v>66</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C6" s="8" t="str">
         <f>'BVI-Datenblatt'!C6</f>
         <v>DE000A0MZ309</v>
       </c>
       <c r="D6" s="9"/>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
       <c r="K6" s="9"/>
       <c r="L6" s="9"/>
     </row>
-    <row r="7" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
         <v>67</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="C7" s="52" t="str">
+      <c r="C7" s="55" t="str">
         <f>'BVI-Datenblatt'!C7</f>
-        <v xml:space="preserve">Universal-Investment-Gesellschaft mbH </v>
+        <v>Universal-Investment-Gesellschaft mbH </v>
       </c>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
     </row>
     <row r="8" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A8" s="11" t="s">
         <v>68</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="52" t="str">
+      <c r="C8" s="55" t="str">
         <f>'BVI-Datenblatt'!C8</f>
         <v>Frankfurt am Main</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="14"/>
-      <c r="D9" s="15">
+      <c r="D9" s="15" t="n">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>70.180000000000007</v>
+        <v>71.02</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="16" t="str">
         <f>'BVI-Datenblatt'!C23</f>
         <v>EUR</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
     <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="11">
         <v>1</v>
       </c>
-      <c r="B11" s="52" t="s">
-        <v>107</v>
+      <c r="B11" s="55" t="s">
+        <v>110</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="17" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
-      <c r="E11" s="52" t="s">
-[...3 lines deleted...]
-        <v>109</v>
+      <c r="E11" s="55" t="s">
+        <v>111</v>
+      </c>
+      <c r="F11" s="56" t="s">
+        <v>112</v>
       </c>
       <c r="G11" s="8"/>
-      <c r="H11" s="40">
-[...15 lines deleted...]
-    <row r="12" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H11" s="42" t="n">
+        <v>4.21</v>
+      </c>
+      <c r="I11" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J11" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K11" s="42" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="L11" s="42" t="n">
+        <v>2.77</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="11">
         <v>2</v>
       </c>
-      <c r="B12" s="52" t="s">
-        <v>110</v>
+      <c r="B12" s="55" t="s">
+        <v>113</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="17" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
-      <c r="E12" s="52" t="s">
-[...3 lines deleted...]
-        <v>112</v>
+      <c r="E12" s="55" t="s">
+        <v>114</v>
+      </c>
+      <c r="F12" s="56" t="s">
+        <v>115</v>
       </c>
       <c r="G12" s="8"/>
-      <c r="H12" s="40">
-[...15 lines deleted...]
-    <row r="13" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H12" s="42" t="n">
+        <v>4.12</v>
+      </c>
+      <c r="I12" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J12" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K12" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L12" s="42" t="n">
+        <v>4.12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="11">
         <v>3</v>
       </c>
-      <c r="B13" s="52" t="s">
-        <v>113</v>
+      <c r="B13" s="55" t="s">
+        <v>116</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E13" s="52" t="s">
-[...3 lines deleted...]
-        <v>115</v>
+      <c r="E13" s="55" t="s">
+        <v>117</v>
+      </c>
+      <c r="F13" s="56" t="s">
+        <v>118</v>
       </c>
       <c r="G13" s="8"/>
-      <c r="H13" s="40">
-[...12 lines deleted...]
-        <v>2.88</v>
+      <c r="H13" s="42" t="n">
+        <v>2.84</v>
+      </c>
+      <c r="I13" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J13" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K13" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L13" s="42" t="n">
+        <v>2.84</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="11">
         <v>4</v>
       </c>
-      <c r="B14" s="52" t="s">
-        <v>116</v>
+      <c r="B14" s="55" t="s">
+        <v>119</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E14" s="52" t="s">
-[...3 lines deleted...]
-        <v>118</v>
+      <c r="E14" s="55" t="s">
+        <v>120</v>
+      </c>
+      <c r="F14" s="56" t="s">
+        <v>121</v>
       </c>
       <c r="G14" s="8"/>
-      <c r="H14" s="40">
-[...12 lines deleted...]
-        <v>0</v>
+      <c r="H14" s="42" t="n">
+        <v>2.78</v>
+      </c>
+      <c r="I14" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J14" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K14" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L14" s="42" t="n">
+        <v>2.78</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="11">
         <v>5</v>
       </c>
-      <c r="B15" s="52" t="s">
-        <v>119</v>
+      <c r="B15" s="55" t="s">
+        <v>122</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E15" s="52" t="s">
-[...3 lines deleted...]
-        <v>121</v>
+      <c r="E15" s="55" t="s">
+        <v>123</v>
+      </c>
+      <c r="F15" s="56" t="s">
+        <v>124</v>
       </c>
       <c r="G15" s="8"/>
-      <c r="H15" s="40">
+      <c r="H15" s="42" t="n">
         <v>2.19</v>
       </c>
-      <c r="I15" s="40">
-[...8 lines deleted...]
-      <c r="L15" s="40">
+      <c r="I15" s="42" t="n">
         <v>2.19</v>
+      </c>
+      <c r="J15" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K15" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L15" s="42" t="n">
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="11">
         <v>6</v>
       </c>
-      <c r="B16" s="52" t="s">
-        <v>122</v>
+      <c r="B16" s="55" t="s">
+        <v>125</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E16" s="52" t="s">
-[...3 lines deleted...]
-        <v>124</v>
+      <c r="E16" s="55" t="s">
+        <v>126</v>
+      </c>
+      <c r="F16" s="56" t="s">
+        <v>127</v>
       </c>
       <c r="G16" s="8"/>
-      <c r="H16" s="40">
-[...12 lines deleted...]
-        <v>1.38</v>
+      <c r="H16" s="42" t="n">
+        <v>2.18</v>
+      </c>
+      <c r="I16" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K16" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L16" s="42" t="n">
+        <v>2.18</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="11">
         <v>7</v>
       </c>
-      <c r="B17" s="52" t="s">
-        <v>125</v>
+      <c r="B17" s="55" t="s">
+        <v>128</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E17" s="52" t="s">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="E17" s="55" t="s">
+        <v>129</v>
+      </c>
+      <c r="F17" s="56" t="s">
+        <v>130</v>
       </c>
       <c r="G17" s="8"/>
-      <c r="H17" s="40">
-[...12 lines deleted...]
-        <v>1.51</v>
+      <c r="H17" s="42" t="n">
+        <v>2.15</v>
+      </c>
+      <c r="I17" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J17" s="42" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="K17" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L17" s="42" t="n">
+        <v>1.36</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="11">
         <v>8</v>
       </c>
-      <c r="B18" s="52" t="s">
-        <v>128</v>
+      <c r="B18" s="55" t="s">
+        <v>131</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E18" s="52" t="s">
-[...3 lines deleted...]
-        <v>130</v>
+      <c r="E18" s="55" t="s">
+        <v>132</v>
+      </c>
+      <c r="F18" s="56" t="s">
+        <v>133</v>
       </c>
       <c r="G18" s="8"/>
-      <c r="H18" s="40">
-[...12 lines deleted...]
-        <v>1.49</v>
+      <c r="H18" s="42" t="n">
+        <v>2.01</v>
+      </c>
+      <c r="I18" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J18" s="42" t="n">
+        <v>0.64</v>
+      </c>
+      <c r="K18" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L18" s="42" t="n">
+        <v>1.37</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="11">
         <v>9</v>
       </c>
-      <c r="B19" s="52" t="s">
-        <v>131</v>
+      <c r="B19" s="55" t="s">
+        <v>134</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E19" s="52" t="s">
-[...3 lines deleted...]
-        <v>133</v>
+      <c r="E19" s="55" t="s">
+        <v>135</v>
+      </c>
+      <c r="F19" s="56" t="s">
+        <v>136</v>
       </c>
       <c r="G19" s="8"/>
-      <c r="H19" s="40">
-[...15 lines deleted...]
-    <row r="20" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="H19" s="42" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="I19" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J19" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K19" s="42" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="L19" s="42" t="n">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="11">
         <v>10</v>
       </c>
-      <c r="B20" s="52" t="s">
-        <v>134</v>
+      <c r="B20" s="55" t="s">
+        <v>137</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E20" s="52" t="s">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="E20" s="55" t="s">
+        <v>138</v>
+      </c>
+      <c r="F20" s="56" t="s">
+        <v>139</v>
       </c>
       <c r="G20" s="8"/>
-      <c r="H20" s="40">
-[...14 lines deleted...]
-    </row>
+      <c r="H20" s="42" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="I20" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J20" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K20" s="42" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L20" s="42" t="n">
+        <v>1.66</v>
+      </c>
+    </row>
+    <row r="21"/>
     <row r="22" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="54" t="s">
-[...12 lines deleted...]
-      <c r="L22" s="54"/>
+      <c r="A22" s="19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="19"/>
+      <c r="F22" s="19"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="19"/>
+      <c r="I22" s="19"/>
+      <c r="J22" s="19"/>
+      <c r="K22" s="19"/>
+      <c r="L22" s="19"/>
     </row>
     <row r="23" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="54" t="s">
-[...12 lines deleted...]
-      <c r="L23" s="54"/>
+      <c r="A23" s="19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="19"/>
+      <c r="H23" s="19"/>
+      <c r="I23" s="19"/>
+      <c r="J23" s="19"/>
+      <c r="K23" s="19"/>
+      <c r="L23" s="19"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A24" s="54" t="s">
-[...12 lines deleted...]
-      <c r="L24" s="54"/>
+      <c r="A24" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="B24" s="19"/>
+      <c r="C24" s="19"/>
+      <c r="D24" s="19"/>
+      <c r="E24" s="19"/>
+      <c r="F24" s="19"/>
+      <c r="G24" s="19"/>
+      <c r="H24" s="19"/>
+      <c r="I24" s="19"/>
+      <c r="J24" s="19"/>
+      <c r="K24" s="19"/>
+      <c r="L24" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A22:L22"/>
     <mergeCell ref="A23:L23"/>
     <mergeCell ref="A24:L24"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
+  <printOptions gridLines="false"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="35" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>BVI-Datenblatt</vt:lpstr>
       <vt:lpstr>BVI-Schuldnerliste</vt:lpstr>
       <vt:lpstr>'BVI-Datenblatt'!Druckbereich</vt:lpstr>
       <vt:lpstr>'BVI-Schuldnerliste'!Druckbereich</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BVI</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Vorschlag</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>