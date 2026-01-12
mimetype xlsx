--- v1 (2025-11-03)
+++ v2 (2026-01-12)
@@ -1138,162 +1138,162 @@
   <si>
     <t>45b</t>
   </si>
   <si>
     <t>32a*</t>
   </si>
   <si>
     <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
   </si>
   <si>
     <t>33a*</t>
   </si>
   <si>
     <t>34a*</t>
   </si>
   <si>
     <t>35a*</t>
   </si>
   <si>
     <t>36a*</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30.09.2025</t>
+    <t>30.12.2025</t>
   </si>
   <si>
     <t>Berenberg Euro Bonds R A</t>
   </si>
   <si>
     <t>DE000A0MZ309</t>
   </si>
   <si>
     <t xml:space="preserve">Universal-Investment-Gesellschaft mbH </t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>börsentäglich</t>
   </si>
   <si>
     <t>ohne Benchmark</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Raiffeisen Bank International AG</t>
   </si>
   <si>
     <t>9ZHRYM6F437SQJ6OUG95</t>
   </si>
   <si>
     <t>208403</t>
   </si>
   <si>
     <t>Rue La Boétie SAS</t>
   </si>
   <si>
     <t>969500RVTZ7F39OODR41</t>
   </si>
   <si>
     <t>767041</t>
   </si>
   <si>
-    <t>Intesa Sanpaolo S.p.A.</t>
-[...7 lines deleted...]
-  <si>
     <t>BPCE S.A.</t>
   </si>
   <si>
     <t>9695005MSX1OYEMGDF46</t>
   </si>
   <si>
     <t>459023</t>
   </si>
   <si>
     <t>Italien, Republik</t>
   </si>
   <si>
     <t>815600DE60799F5A9309</t>
   </si>
   <si>
     <t>465688</t>
   </si>
   <si>
+    <t>BayernLB Holding AG</t>
+  </si>
+  <si>
+    <t>549300SFBH6HQ1OX6A97</t>
+  </si>
+  <si>
+    <t>589705</t>
+  </si>
+  <si>
     <t>Münchener Hypothekenbank eG</t>
   </si>
   <si>
     <t>529900GM944JT8YIRL63</t>
   </si>
   <si>
     <t>215000</t>
   </si>
   <si>
-    <t>BayernLB Holding AG</t>
-[...7 lines deleted...]
-  <si>
     <t>Oldenburgische Landesbank AG</t>
   </si>
   <si>
     <t>5299008I0TO44SUINZ71</t>
   </si>
   <si>
     <t>808600</t>
   </si>
   <si>
-    <t>BNP Paribas S.A.</t>
-[...14 lines deleted...]
-    <t>301793</t>
+    <t>Spanien, Königreich</t>
+  </si>
+  <si>
+    <t>9598007A56S18711AH60</t>
+  </si>
+  <si>
+    <t>458634</t>
+  </si>
+  <si>
+    <t>Caixabank S.A.</t>
+  </si>
+  <si>
+    <t>7CUNS533WID6K7DGFI87</t>
+  </si>
+  <si>
+    <t>271972</t>
+  </si>
+  <si>
+    <t>UBS Group AG</t>
+  </si>
+  <si>
+    <t>549300SZJ9VS8SGXAN81</t>
+  </si>
+  <si>
+    <t>743877</t>
   </si>
   <si>
     <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 grössten Aussteller (Schuldner) zeitnah erhält.</t>
   </si>
   <si>
     <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0.000000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8.0"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2228,51 +2228,51 @@
     <row r="12" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="33">
         <v>9</v>
       </c>
       <c r="B12" s="34" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="53" t="s">
         <v>107</v>
       </c>
       <c r="D12" s="28"/>
       <c r="E12" s="29"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
     </row>
     <row r="13" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="33">
         <v>10</v>
       </c>
       <c r="B13" s="34" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="38"/>
       <c r="D13" s="39" t="n">
-        <v>117.42</v>
+        <v>133.36</v>
       </c>
       <c r="E13" s="29"/>
       <c r="F13" s="24"/>
       <c r="G13" s="24"/>
       <c r="H13" s="24"/>
     </row>
     <row r="14" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="33">
         <v>11</v>
       </c>
       <c r="B14" s="34" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="53"/>
       <c r="D14" s="39"/>
       <c r="E14" s="29"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
     </row>
     <row r="15" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="33">
         <v>12</v>
       </c>
       <c r="B15" s="34" t="s">
@@ -2344,105 +2344,105 @@
       <c r="C20" s="38"/>
       <c r="D20" s="41"/>
       <c r="E20" s="29"/>
     </row>
     <row r="21" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="33">
         <v>18</v>
       </c>
       <c r="B21" s="34" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="38"/>
       <c r="D21" s="41"/>
       <c r="E21" s="29"/>
     </row>
     <row r="22" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="33">
         <v>19</v>
       </c>
       <c r="B22" s="36" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="38"/>
       <c r="D22" s="28"/>
       <c r="E22" s="42" t="n">
-        <v>71.02</v>
+        <v>71.17</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="43" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="36" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="54" t="s">
         <v>109</v>
       </c>
       <c r="D23" s="28"/>
       <c r="E23" s="28"/>
     </row>
     <row r="24" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="43" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="36" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="38"/>
       <c r="D24" s="42" t="n">
-        <v>0.93</v>
+        <v>0.24</v>
       </c>
       <c r="E24" s="28"/>
     </row>
     <row r="25" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="33">
         <v>20</v>
       </c>
       <c r="B25" s="34" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="38"/>
       <c r="D25" s="39" t="n">
-        <v>13.0</v>
+        <v>13.96</v>
       </c>
       <c r="E25" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="33">
         <v>21</v>
       </c>
       <c r="B26" s="34" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="38"/>
       <c r="D26" s="39" t="n">
-        <v>0.07</v>
+        <v>0.03</v>
       </c>
       <c r="E26" s="9" t="str">
         <f t="shared" ref="E26:E54" si="0">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D26/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="33">
         <v>22</v>
       </c>
       <c r="B27" s="34" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="38"/>
       <c r="D27" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E27" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="33">
         <v>23</v>
@@ -2478,227 +2478,227 @@
     <row r="30" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="33">
         <v>25</v>
       </c>
       <c r="B30" s="34" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="38"/>
       <c r="D30" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E30" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A31" s="33">
         <v>26</v>
       </c>
       <c r="B31" s="34" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="38"/>
       <c r="D31" s="39" t="n">
-        <v>84.04</v>
+        <v>83.8</v>
       </c>
       <c r="E31" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="33" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="C32" s="38"/>
       <c r="D32" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E32" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A33" s="33" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="36" t="s">
         <v>77</v>
       </c>
       <c r="C33" s="38"/>
       <c r="D33" s="39" t="n">
-        <v>2.94</v>
+        <v>3.0</v>
       </c>
       <c r="E33" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="34" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A34" s="33">
         <v>29</v>
       </c>
       <c r="B34" s="34" t="s">
         <v>49</v>
       </c>
       <c r="C34" s="38"/>
       <c r="D34" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E34" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="33">
         <v>30</v>
       </c>
       <c r="B35" s="34" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="38"/>
       <c r="D35" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E35" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="33">
         <v>31</v>
       </c>
       <c r="B36" s="34" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="38"/>
       <c r="D36" s="39" t="n">
-        <v>1.3</v>
+        <v>0.58</v>
       </c>
       <c r="E36" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="33" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="36" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="38"/>
       <c r="D37" s="39" t="n">
-        <v>51.23</v>
+        <v>51.11</v>
       </c>
       <c r="E37" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" s="45" t="s">
         <v>95</v>
       </c>
       <c r="B38" s="46" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="38"/>
       <c r="D38" s="39" t="n">
-        <v>51.23</v>
+        <v>51.11</v>
       </c>
       <c r="E38" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D38/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="34" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="38"/>
       <c r="D39" s="39" t="n">
-        <v>24.55</v>
+        <v>26.31</v>
       </c>
       <c r="E39" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" s="45" t="s">
         <v>97</v>
       </c>
       <c r="B40" s="46" t="s">
         <v>96</v>
       </c>
       <c r="C40" s="38"/>
       <c r="D40" s="39" t="n">
-        <v>24.53</v>
+        <v>26.31</v>
       </c>
       <c r="E40" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="41" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="34" t="s">
         <v>80</v>
       </c>
       <c r="C41" s="38"/>
       <c r="D41" s="39" t="n">
-        <v>8.24</v>
+        <v>6.32</v>
       </c>
       <c r="E41" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" s="45" t="s">
         <v>98</v>
       </c>
       <c r="B42" s="46" t="s">
         <v>96</v>
       </c>
       <c r="C42" s="38"/>
       <c r="D42" s="39" t="n">
-        <v>8.24</v>
+        <v>6.32</v>
       </c>
       <c r="E42" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="43" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A43" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B43" s="34" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="38"/>
       <c r="D43" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E43" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A44" s="45" t="s">
         <v>99</v>
@@ -2734,194 +2734,194 @@
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A46" s="45" t="s">
         <v>100</v>
       </c>
       <c r="B46" s="46" t="s">
         <v>96</v>
       </c>
       <c r="C46" s="38"/>
       <c r="D46" s="39" t="n">
         <v>0.04</v>
       </c>
       <c r="E46" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="47" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A47" s="33" t="s">
         <v>15</v>
       </c>
       <c r="B47" s="36" t="s">
         <v>83</v>
       </c>
       <c r="C47" s="38"/>
       <c r="D47" s="39" t="n">
-        <v>14.11</v>
+        <v>12.96</v>
       </c>
       <c r="E47" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="48" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A48" s="33">
         <v>38</v>
       </c>
       <c r="B48" s="34" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="38"/>
       <c r="D48" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E48" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="49" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A49" s="33" t="s">
         <v>53</v>
       </c>
       <c r="B49" s="36" t="s">
         <v>84</v>
       </c>
       <c r="C49" s="38"/>
       <c r="D49" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E49" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="50" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A50" s="33">
         <v>40</v>
       </c>
       <c r="B50" s="34" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="38"/>
       <c r="D50" s="39" t="n">
-        <v>0.04</v>
+        <v>0.02</v>
       </c>
       <c r="E50" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="51" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A51" s="33" t="s">
         <v>55</v>
       </c>
       <c r="B51" s="36" t="s">
         <v>85</v>
       </c>
       <c r="C51" s="38"/>
       <c r="D51" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E51" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A52" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B52" s="36" t="s">
         <v>86</v>
       </c>
       <c r="C52" s="38"/>
       <c r="D52" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E52" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="53" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A53" s="33" t="s">
         <v>57</v>
       </c>
       <c r="B53" s="36" t="s">
         <v>87</v>
       </c>
       <c r="C53" s="38"/>
       <c r="D53" s="39" t="n">
-        <v>0.01</v>
+        <v>0.0</v>
       </c>
       <c r="E53" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="54" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A54" s="33">
         <v>44</v>
       </c>
       <c r="B54" s="34" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="38"/>
       <c r="D54" s="39" t="n">
-        <v>1.55</v>
+        <v>1.61</v>
       </c>
       <c r="E54" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A55" s="43" t="s">
         <v>59</v>
       </c>
       <c r="B55" s="36" t="s">
         <v>16</v>
       </c>
       <c r="C55" s="38"/>
       <c r="D55" s="47" t="n">
         <f>SUM(D25:D31,D34:D36,D48,D50,D54)</f>
-        <v>100.00000000000001</v>
+        <v>99.99999999999999</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A56" s="43" t="s">
         <v>94</v>
       </c>
       <c r="B56" s="36" t="s">
         <v>88</v>
       </c>
       <c r="C56" s="38"/>
       <c r="D56" s="48" t="n">
         <f>IF(D13&gt;0,D13-100,"")</f>
-        <v>17.42</v>
+        <v>33.360000000000014</v>
       </c>
       <c r="E56" s="29"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1" gridLines="false"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryRight="true"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0" showRowColHeaders="true" tabSelected="false">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -2967,51 +2967,51 @@
       <c r="H1" s="4" t="s">
         <v>89</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>90</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>91</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>30.09.2025</v>
+        <v>30.12.2025</v>
       </c>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
     </row>
     <row r="3" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C3" s="55" t="str">
         <f>'BVI-Datenblatt'!C3</f>
         <v>Berenberg Euro Bonds R A</v>
       </c>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
@@ -3109,51 +3109,51 @@
       </c>
       <c r="C8" s="55" t="str">
         <f>'BVI-Datenblatt'!C8</f>
         <v>Frankfurt am Main</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="n">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>71.02</v>
+        <v>71.17</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="16" t="str">
         <f>'BVI-Datenblatt'!C23</f>
         <v>EUR</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
@@ -3161,378 +3161,378 @@
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
     <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="11">
         <v>1</v>
       </c>
       <c r="B11" s="55" t="s">
         <v>110</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="17" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="55" t="s">
         <v>111</v>
       </c>
       <c r="F11" s="56" t="s">
         <v>112</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="42" t="n">
-        <v>4.21</v>
+        <v>4.33</v>
       </c>
       <c r="I11" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="K11" s="42" t="n">
-        <v>1.44</v>
+        <v>1.45</v>
       </c>
       <c r="L11" s="42" t="n">
-        <v>2.77</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="11">
         <v>2</v>
       </c>
       <c r="B12" s="55" t="s">
         <v>113</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="17" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="55" t="s">
         <v>114</v>
       </c>
       <c r="F12" s="56" t="s">
         <v>115</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="42" t="n">
-        <v>4.12</v>
+        <v>4.25</v>
       </c>
       <c r="I12" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="K12" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L12" s="42" t="n">
-        <v>4.12</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="11">
         <v>3</v>
       </c>
       <c r="B13" s="55" t="s">
         <v>116</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="55" t="s">
         <v>117</v>
       </c>
       <c r="F13" s="56" t="s">
         <v>118</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="42" t="n">
-        <v>2.84</v>
+        <v>2.86</v>
       </c>
       <c r="I13" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="K13" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L13" s="42" t="n">
-        <v>2.84</v>
+        <v>2.86</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="11">
         <v>4</v>
       </c>
       <c r="B14" s="55" t="s">
         <v>119</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="55" t="s">
         <v>120</v>
       </c>
       <c r="F14" s="56" t="s">
         <v>121</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="42" t="n">
-        <v>2.78</v>
+        <v>2.28</v>
       </c>
       <c r="I14" s="42" t="n">
-        <v>0.0</v>
+        <v>2.28</v>
       </c>
       <c r="J14" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="K14" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L14" s="42" t="n">
-        <v>2.78</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="11">
         <v>5</v>
       </c>
       <c r="B15" s="55" t="s">
         <v>122</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="55" t="s">
         <v>123</v>
       </c>
       <c r="F15" s="56" t="s">
         <v>124</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="42" t="n">
-        <v>2.19</v>
+        <v>2.22</v>
       </c>
       <c r="I15" s="42" t="n">
-        <v>2.19</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="42" t="n">
-        <v>0.0</v>
+        <v>0.82</v>
       </c>
       <c r="K15" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L15" s="42" t="n">
-        <v>0.0</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="11">
         <v>6</v>
       </c>
       <c r="B16" s="55" t="s">
         <v>125</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="55" t="s">
         <v>126</v>
       </c>
       <c r="F16" s="56" t="s">
         <v>127</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="42" t="n">
-        <v>2.18</v>
+        <v>2.21</v>
       </c>
       <c r="I16" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="K16" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L16" s="42" t="n">
-        <v>2.18</v>
+        <v>2.21</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="11">
         <v>7</v>
       </c>
       <c r="B17" s="55" t="s">
         <v>128</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E17" s="55" t="s">
         <v>129</v>
       </c>
       <c r="F17" s="56" t="s">
         <v>130</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="42" t="n">
-        <v>2.15</v>
+        <v>2.08</v>
       </c>
       <c r="I17" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" s="42" t="n">
-        <v>0.79</v>
+        <v>0.68</v>
       </c>
       <c r="K17" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L17" s="42" t="n">
-        <v>1.36</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="11">
         <v>8</v>
       </c>
       <c r="B18" s="55" t="s">
         <v>131</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="55" t="s">
         <v>132</v>
       </c>
       <c r="F18" s="56" t="s">
         <v>133</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="42" t="n">
-        <v>2.01</v>
+        <v>1.71</v>
       </c>
       <c r="I18" s="42" t="n">
-        <v>0.0</v>
+        <v>1.71</v>
       </c>
       <c r="J18" s="42" t="n">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="K18" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L18" s="42" t="n">
-        <v>1.37</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="11">
         <v>9</v>
       </c>
       <c r="B19" s="55" t="s">
         <v>134</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="55" t="s">
         <v>135</v>
       </c>
       <c r="F19" s="56" t="s">
         <v>136</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="42" t="n">
-        <v>1.7</v>
+        <v>1.54</v>
       </c>
       <c r="I19" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="K19" s="42" t="n">
-        <v>1.7</v>
+        <v>0.0</v>
       </c>
       <c r="L19" s="42" t="n">
-        <v>0.0</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="11">
         <v>10</v>
       </c>
       <c r="B20" s="55" t="s">
         <v>137</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="55" t="s">
         <v>138</v>
       </c>
       <c r="F20" s="56" t="s">
         <v>139</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="42" t="n">
-        <v>1.66</v>
+        <v>1.48</v>
       </c>
       <c r="I20" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="K20" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L20" s="42" t="n">
-        <v>1.66</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="21"/>
     <row r="22" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="19" t="s">
         <v>140</v>
       </c>
       <c r="B22" s="19"/>
       <c r="C22" s="19"/>
       <c r="D22" s="19"/>
       <c r="E22" s="19"/>
       <c r="F22" s="19"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="19"/>
       <c r="J22" s="19"/>
       <c r="K22" s="19"/>
       <c r="L22" s="19"/>
     </row>
     <row r="23" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="19" t="s">
         <v>141</v>
       </c>
       <c r="B23" s="19"/>
       <c r="C23" s="19"/>