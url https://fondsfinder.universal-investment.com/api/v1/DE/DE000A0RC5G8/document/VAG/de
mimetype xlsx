--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -18,52 +18,52 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24701"/>
   <workbookPr/>
   <mc:AlternateContent>
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\PDFS\xentis\CS\Reporting\03_Doku\01_Final_Skripte\VAG_2022_Versicherungsaufsichtsgesetz_Reporting\01_Spezifikation_VAG 2022\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A06E252C-FA90-439C-8D90-398777F8F7C5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17790" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Datenblatt" sheetId="4" r:id="rId1"/>
     <sheet name="BVI-Schuldnerliste" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'BVI-Datenblatt'!$A$1:$F$56</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'BVI-Schuldnerliste'!$A$1:$L$24</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'BVI-Datenblatt'!$A$1:$E$56</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'BVI-Schuldnerliste'!$A$1:$L$28</definedName>
   </definedNames>
   <calcPr calcId="191029" fullCalcOnLoad="true"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E46" i="4" l="1"/>
   <c r="E44" i="4"/>
   <c r="E42" i="4"/>
   <c r="E40" i="4"/>
   <c r="E38" i="4"/>
   <c r="D20" i="2"/>
   <c r="D19" i="2"/>
   <c r="D18" i="2"/>
@@ -1138,162 +1138,162 @@
   <si>
     <t>45b</t>
   </si>
   <si>
     <t>32a*</t>
   </si>
   <si>
     <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
   </si>
   <si>
     <t>33a*</t>
   </si>
   <si>
     <t>34a*</t>
   </si>
   <si>
     <t>35a*</t>
   </si>
   <si>
     <t>36a*</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30.06.2025</t>
+    <t>30.09.2025</t>
   </si>
   <si>
     <t>Berenberg Aktien Global Plus R D</t>
   </si>
   <si>
     <t>DE000A0RC5G8</t>
   </si>
   <si>
     <t xml:space="preserve">Universal-Investment-Gesellschaft mbH </t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>börsentäglich</t>
   </si>
   <si>
     <t>ohne Benchmark</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Invesco Physical Markets PLC</t>
   </si>
   <si>
     <t>635400BMHI1HQJRHYS23</t>
   </si>
   <si>
     <t>457739</t>
   </si>
   <si>
+    <t>Microsoft Corp.</t>
+  </si>
+  <si>
+    <t>INR2EJN1ERAN0W5ZP974</t>
+  </si>
+  <si>
+    <t>870747</t>
+  </si>
+  <si>
     <t>BNP Paribas S.A.</t>
   </si>
   <si>
     <t>R0MUWSFPU8MPRO8K5P83</t>
   </si>
   <si>
     <t>871001</t>
   </si>
   <si>
-    <t>Microsoft Corp.</t>
-[...5 lines deleted...]
-    <t>870747</t>
+    <t>AstraZeneca PLC</t>
+  </si>
+  <si>
+    <t>PY6ZZQWO2IZFZC3IOL08</t>
+  </si>
+  <si>
+    <t>886455</t>
+  </si>
+  <si>
+    <t>ASML Holding N.V.</t>
+  </si>
+  <si>
+    <t>724500Y6DUVHQD6OXN27</t>
+  </si>
+  <si>
+    <t>894248</t>
+  </si>
+  <si>
+    <t>Allianz SE</t>
+  </si>
+  <si>
+    <t>529900K9B0N5BT694847</t>
+  </si>
+  <si>
+    <t>840400</t>
   </si>
   <si>
     <t>SAP SE</t>
   </si>
   <si>
     <t>529900D6BF99LW9R2E68</t>
   </si>
   <si>
     <t>716460</t>
   </si>
   <si>
-    <t>AstraZeneca PLC</t>
-[...14 lines deleted...]
-    <t>239000</t>
+    <t>Siemens AG</t>
+  </si>
+  <si>
+    <t>W38RGI023J3WT1HWRP32</t>
+  </si>
+  <si>
+    <t>723600</t>
+  </si>
+  <si>
+    <t>Broadcom Inc.</t>
+  </si>
+  <si>
+    <t>549300WV6GIDOZJTV909</t>
+  </si>
+  <si>
+    <t>771047</t>
   </si>
   <si>
     <t>Amazon.com Inc.</t>
   </si>
   <si>
     <t>ZXTILKJKG63JELOEG630</t>
   </si>
   <si>
     <t>906866</t>
-  </si>
-[...25 lines deleted...]
-    <t>771047</t>
   </si>
   <si>
     <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 grössten Aussteller (Schuldner) zeitnah erhält.</t>
   </si>
   <si>
     <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0.000000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8.0"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2228,51 +2228,51 @@
     <row r="12" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="33">
         <v>9</v>
       </c>
       <c r="B12" s="34" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="53" t="s">
         <v>107</v>
       </c>
       <c r="D12" s="28"/>
       <c r="E12" s="29"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
     </row>
     <row r="13" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="33">
         <v>10</v>
       </c>
       <c r="B13" s="34" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="38"/>
       <c r="D13" s="39" t="n">
-        <v>100.0</v>
+        <v>107.98</v>
       </c>
       <c r="E13" s="29"/>
       <c r="F13" s="24"/>
       <c r="G13" s="24"/>
       <c r="H13" s="24"/>
     </row>
     <row r="14" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="33">
         <v>11</v>
       </c>
       <c r="B14" s="34" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="53"/>
       <c r="D14" s="39"/>
       <c r="E14" s="29"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
     </row>
     <row r="15" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="33">
         <v>12</v>
       </c>
       <c r="B15" s="34" t="s">
@@ -2344,185 +2344,185 @@
       <c r="C20" s="38"/>
       <c r="D20" s="41"/>
       <c r="E20" s="29"/>
     </row>
     <row r="21" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="33">
         <v>18</v>
       </c>
       <c r="B21" s="34" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="38"/>
       <c r="D21" s="41"/>
       <c r="E21" s="29"/>
     </row>
     <row r="22" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="33">
         <v>19</v>
       </c>
       <c r="B22" s="36" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="38"/>
       <c r="D22" s="28"/>
       <c r="E22" s="42" t="n">
-        <v>114.13</v>
+        <v>118.27</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="43" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="36" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="54" t="s">
         <v>109</v>
       </c>
       <c r="D23" s="28"/>
       <c r="E23" s="28"/>
     </row>
     <row r="24" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="43" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="36" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="38"/>
       <c r="D24" s="42" t="n">
-        <v>66.36</v>
+        <v>65.61</v>
       </c>
       <c r="E24" s="28"/>
     </row>
     <row r="25" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="33">
         <v>20</v>
       </c>
       <c r="B25" s="34" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="38"/>
       <c r="D25" s="39" t="n">
-        <v>87.79</v>
+        <v>89.93</v>
       </c>
       <c r="E25" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="33">
         <v>21</v>
       </c>
       <c r="B26" s="34" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="38"/>
       <c r="D26" s="39" t="n">
-        <v>0.0</v>
+        <v>0.06</v>
       </c>
       <c r="E26" s="9" t="str">
         <f t="shared" ref="E26:E54" si="0">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D26/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="33">
         <v>22</v>
       </c>
       <c r="B27" s="34" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="38"/>
       <c r="D27" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E27" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="33">
         <v>23</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="38"/>
       <c r="D28" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E28" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A29" s="33">
         <v>24</v>
       </c>
       <c r="B29" s="34" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="38"/>
       <c r="D29" s="39" t="n">
-        <v>0.0</v>
+        <v>0.02</v>
       </c>
       <c r="E29" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="33">
         <v>25</v>
       </c>
       <c r="B30" s="34" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="38"/>
       <c r="D30" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E30" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A31" s="33">
         <v>26</v>
       </c>
       <c r="B31" s="34" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="38"/>
       <c r="D31" s="39" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="E31" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="33" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="C32" s="38"/>
       <c r="D32" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E32" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A33" s="33" t="s">
         <v>9</v>
@@ -2558,83 +2558,83 @@
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="33">
         <v>30</v>
       </c>
       <c r="B35" s="34" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="38"/>
       <c r="D35" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E35" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="33">
         <v>31</v>
       </c>
       <c r="B36" s="34" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="38"/>
       <c r="D36" s="39" t="n">
-        <v>6.44</v>
+        <v>2.91</v>
       </c>
       <c r="E36" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="33" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="36" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="38"/>
       <c r="D37" s="39" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="E37" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" s="45" t="s">
         <v>95</v>
       </c>
       <c r="B38" s="46" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="38"/>
       <c r="D38" s="39" t="n">
-        <v>0.04</v>
+        <v>0.14</v>
       </c>
       <c r="E38" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D38/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="34" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="38"/>
       <c r="D39" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E39" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" s="45" t="s">
         <v>97</v>
@@ -2782,146 +2782,146 @@
     <row r="49" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A49" s="33" t="s">
         <v>53</v>
       </c>
       <c r="B49" s="36" t="s">
         <v>84</v>
       </c>
       <c r="C49" s="38"/>
       <c r="D49" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E49" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="50" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A50" s="33">
         <v>40</v>
       </c>
       <c r="B50" s="34" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="38"/>
       <c r="D50" s="39" t="n">
-        <v>5.73</v>
+        <v>6.94</v>
       </c>
       <c r="E50" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="51" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A51" s="33" t="s">
         <v>55</v>
       </c>
       <c r="B51" s="36" t="s">
         <v>85</v>
       </c>
       <c r="C51" s="38"/>
       <c r="D51" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E51" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A52" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B52" s="36" t="s">
         <v>86</v>
       </c>
       <c r="C52" s="38"/>
       <c r="D52" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E52" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="53" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A53" s="33" t="s">
         <v>57</v>
       </c>
       <c r="B53" s="36" t="s">
         <v>87</v>
       </c>
       <c r="C53" s="38"/>
       <c r="D53" s="39" t="n">
-        <v>0.1</v>
+        <v>0.13</v>
       </c>
       <c r="E53" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="54" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A54" s="33">
         <v>44</v>
       </c>
       <c r="B54" s="34" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="38"/>
       <c r="D54" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E54" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A55" s="43" t="s">
         <v>59</v>
       </c>
       <c r="B55" s="36" t="s">
         <v>16</v>
       </c>
       <c r="C55" s="38"/>
       <c r="D55" s="47" t="n">
         <f>SUM(D25:D31,D34:D36,D48,D50,D54)</f>
-        <v>100.00000000000001</v>
+        <v>100.0</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A56" s="43" t="s">
         <v>94</v>
       </c>
       <c r="B56" s="36" t="s">
         <v>88</v>
       </c>
       <c r="C56" s="38"/>
       <c r="D56" s="48" t="n">
         <f>IF(D13&gt;0,D13-100,"")</f>
-        <v>0.0</v>
+        <v>7.980000000000004</v>
       </c>
       <c r="E56" s="29"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1" gridLines="false"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryRight="true"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0" showRowColHeaders="true" tabSelected="false">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -2967,51 +2967,51 @@
       <c r="H1" s="4" t="s">
         <v>89</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>90</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>91</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>30.06.2025</v>
+        <v>30.09.2025</v>
       </c>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
     </row>
     <row r="3" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C3" s="55" t="str">
         <f>'BVI-Datenblatt'!C3</f>
         <v>Berenberg Aktien Global Plus R D</v>
       </c>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
@@ -3109,51 +3109,51 @@
       </c>
       <c r="C8" s="55" t="str">
         <f>'BVI-Datenblatt'!C8</f>
         <v>Frankfurt am Main</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="n">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>114.13</v>
+        <v>118.27</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="16" t="str">
         <f>'BVI-Datenblatt'!C23</f>
         <v>EUR</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
@@ -3161,162 +3161,162 @@
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
     <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="11">
         <v>1</v>
       </c>
       <c r="B11" s="55" t="s">
         <v>110</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="17" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="55" t="s">
         <v>111</v>
       </c>
       <c r="F11" s="56" t="s">
         <v>112</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="42" t="n">
-        <v>5.74</v>
+        <v>6.9</v>
       </c>
       <c r="I11" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="K11" s="42" t="n">
-        <v>5.74</v>
+        <v>6.9</v>
       </c>
       <c r="L11" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="11">
         <v>2</v>
       </c>
       <c r="B12" s="55" t="s">
         <v>113</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="17" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="55" t="s">
         <v>114</v>
       </c>
       <c r="F12" s="56" t="s">
         <v>115</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="42" t="n">
-        <v>4.12</v>
+        <v>4.01</v>
       </c>
       <c r="I12" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" s="42" t="n">
-        <v>0.0</v>
+        <v>4.01</v>
       </c>
       <c r="K12" s="42" t="n">
-        <v>4.12</v>
+        <v>0.0</v>
       </c>
       <c r="L12" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="11">
         <v>3</v>
       </c>
       <c r="B13" s="55" t="s">
         <v>116</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="55" t="s">
         <v>117</v>
       </c>
       <c r="F13" s="56" t="s">
         <v>118</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="42" t="n">
-        <v>3.89</v>
+        <v>3.13</v>
       </c>
       <c r="I13" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" s="42" t="n">
-        <v>3.89</v>
+        <v>0.81</v>
       </c>
       <c r="K13" s="42" t="n">
-        <v>0.0</v>
+        <v>2.32</v>
       </c>
       <c r="L13" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="11">
         <v>4</v>
       </c>
       <c r="B14" s="55" t="s">
         <v>119</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="55" t="s">
         <v>120</v>
       </c>
       <c r="F14" s="56" t="s">
         <v>121</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="42" t="n">
-        <v>2.83</v>
+        <v>3.0</v>
       </c>
       <c r="I14" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" s="42" t="n">
-        <v>2.83</v>
+        <v>3.0</v>
       </c>
       <c r="K14" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L14" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="11">
         <v>5</v>
       </c>
       <c r="B15" s="55" t="s">
         <v>122</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="55" t="s">
         <v>123</v>
       </c>
       <c r="F15" s="56" t="s">
         <v>124</v>
@@ -3336,197 +3336,197 @@
       </c>
       <c r="L15" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="11">
         <v>6</v>
       </c>
       <c r="B16" s="55" t="s">
         <v>125</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="55" t="s">
         <v>126</v>
       </c>
       <c r="F16" s="56" t="s">
         <v>127</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="42" t="n">
-        <v>2.63</v>
+        <v>2.51</v>
       </c>
       <c r="I16" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" s="42" t="n">
-        <v>0.0</v>
+        <v>2.51</v>
       </c>
       <c r="K16" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L16" s="42" t="n">
-        <v>2.63</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="11">
         <v>7</v>
       </c>
       <c r="B17" s="55" t="s">
         <v>128</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E17" s="55" t="s">
         <v>129</v>
       </c>
       <c r="F17" s="56" t="s">
         <v>130</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="42" t="n">
-        <v>2.36</v>
+        <v>2.47</v>
       </c>
       <c r="I17" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" s="42" t="n">
-        <v>2.36</v>
+        <v>2.47</v>
       </c>
       <c r="K17" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L17" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="11">
         <v>8</v>
       </c>
       <c r="B18" s="55" t="s">
         <v>131</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="55" t="s">
         <v>132</v>
       </c>
       <c r="F18" s="56" t="s">
         <v>133</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="42" t="n">
-        <v>2.31</v>
+        <v>2.47</v>
       </c>
       <c r="I18" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" s="42" t="n">
-        <v>2.31</v>
+        <v>2.47</v>
       </c>
       <c r="K18" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L18" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="11">
         <v>9</v>
       </c>
       <c r="B19" s="55" t="s">
         <v>134</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="55" t="s">
         <v>135</v>
       </c>
       <c r="F19" s="56" t="s">
         <v>136</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="42" t="n">
-        <v>2.23</v>
+        <v>2.42</v>
       </c>
       <c r="I19" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" s="42" t="n">
-        <v>2.23</v>
+        <v>2.42</v>
       </c>
       <c r="K19" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L19" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="11">
         <v>10</v>
       </c>
       <c r="B20" s="55" t="s">
         <v>137</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="55" t="s">
         <v>138</v>
       </c>
       <c r="F20" s="56" t="s">
         <v>139</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="42" t="n">
-        <v>2.22</v>
+        <v>2.33</v>
       </c>
       <c r="I20" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" s="42" t="n">
-        <v>2.22</v>
+        <v>2.33</v>
       </c>
       <c r="K20" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L20" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="21"/>
     <row r="22" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="19" t="s">
         <v>140</v>
       </c>
       <c r="B22" s="19"/>
       <c r="C22" s="19"/>
       <c r="D22" s="19"/>
       <c r="E22" s="19"/>
       <c r="F22" s="19"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="19"/>
       <c r="J22" s="19"/>
       <c r="K22" s="19"/>
       <c r="L22" s="19"/>
     </row>