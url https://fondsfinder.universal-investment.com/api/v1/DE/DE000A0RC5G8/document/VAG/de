--- v1 (2025-11-26)
+++ v2 (2026-01-21)
@@ -1138,162 +1138,162 @@
   <si>
     <t>45b</t>
   </si>
   <si>
     <t>32a*</t>
   </si>
   <si>
     <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
   </si>
   <si>
     <t>33a*</t>
   </si>
   <si>
     <t>34a*</t>
   </si>
   <si>
     <t>35a*</t>
   </si>
   <si>
     <t>36a*</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30.09.2025</t>
+    <t>30.12.2025</t>
   </si>
   <si>
     <t>Berenberg Aktien Global Plus R D</t>
   </si>
   <si>
     <t>DE000A0RC5G8</t>
   </si>
   <si>
     <t xml:space="preserve">Universal-Investment-Gesellschaft mbH </t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>börsentäglich</t>
   </si>
   <si>
     <t>ohne Benchmark</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>BNP Paribas S.A.</t>
+  </si>
+  <si>
+    <t>R0MUWSFPU8MPRO8K5P83</t>
+  </si>
+  <si>
+    <t>871001</t>
+  </si>
+  <si>
     <t>Invesco Physical Markets PLC</t>
   </si>
   <si>
     <t>635400BMHI1HQJRHYS23</t>
   </si>
   <si>
     <t>457739</t>
   </si>
   <si>
+    <t>ASML Holding N.V.</t>
+  </si>
+  <si>
+    <t>724500Y6DUVHQD6OXN27</t>
+  </si>
+  <si>
+    <t>894248</t>
+  </si>
+  <si>
     <t>Microsoft Corp.</t>
   </si>
   <si>
     <t>INR2EJN1ERAN0W5ZP974</t>
   </si>
   <si>
     <t>870747</t>
   </si>
   <si>
-    <t>BNP Paribas S.A.</t>
-[...5 lines deleted...]
-    <t>871001</t>
+    <t>Allianz SE</t>
+  </si>
+  <si>
+    <t>529900K9B0N5BT694847</t>
+  </si>
+  <si>
+    <t>840400</t>
   </si>
   <si>
     <t>AstraZeneca PLC</t>
   </si>
   <si>
     <t>PY6ZZQWO2IZFZC3IOL08</t>
   </si>
   <si>
     <t>886455</t>
   </si>
   <si>
-    <t>ASML Holding N.V.</t>
-[...23 lines deleted...]
-    <t>716460</t>
+    <t>JPMorgan Chase &amp; Co.</t>
+  </si>
+  <si>
+    <t>8I5DZWZKVSZI1NUHU748</t>
+  </si>
+  <si>
+    <t>850628</t>
+  </si>
+  <si>
+    <t>Alphabet Inc.</t>
+  </si>
+  <si>
+    <t>5493006MHB84DD0ZWV18</t>
+  </si>
+  <si>
+    <t>744225</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc.</t>
+  </si>
+  <si>
+    <t>ZXTILKJKG63JELOEG630</t>
+  </si>
+  <si>
+    <t>906866</t>
   </si>
   <si>
     <t>Siemens AG</t>
   </si>
   <si>
     <t>W38RGI023J3WT1HWRP32</t>
   </si>
   <si>
     <t>723600</t>
-  </si>
-[...16 lines deleted...]
-    <t>906866</t>
   </si>
   <si>
     <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 grössten Aussteller (Schuldner) zeitnah erhält.</t>
   </si>
   <si>
     <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="0.000000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8.0"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2228,51 +2228,51 @@
     <row r="12" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="33">
         <v>9</v>
       </c>
       <c r="B12" s="34" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="53" t="s">
         <v>107</v>
       </c>
       <c r="D12" s="28"/>
       <c r="E12" s="29"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
     </row>
     <row r="13" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="33">
         <v>10</v>
       </c>
       <c r="B13" s="34" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="38"/>
       <c r="D13" s="39" t="n">
-        <v>107.98</v>
+        <v>114.7</v>
       </c>
       <c r="E13" s="29"/>
       <c r="F13" s="24"/>
       <c r="G13" s="24"/>
       <c r="H13" s="24"/>
     </row>
     <row r="14" spans="1:14" s="37" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="33">
         <v>11</v>
       </c>
       <c r="B14" s="34" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="53"/>
       <c r="D14" s="39"/>
       <c r="E14" s="29"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
     </row>
     <row r="15" spans="1:14" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="33">
         <v>12</v>
       </c>
       <c r="B15" s="34" t="s">
@@ -2344,185 +2344,185 @@
       <c r="C20" s="38"/>
       <c r="D20" s="41"/>
       <c r="E20" s="29"/>
     </row>
     <row r="21" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="33">
         <v>18</v>
       </c>
       <c r="B21" s="34" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="38"/>
       <c r="D21" s="41"/>
       <c r="E21" s="29"/>
     </row>
     <row r="22" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="33">
         <v>19</v>
       </c>
       <c r="B22" s="36" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="38"/>
       <c r="D22" s="28"/>
       <c r="E22" s="42" t="n">
-        <v>118.27</v>
+        <v>124.04</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="43" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="36" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="54" t="s">
         <v>109</v>
       </c>
       <c r="D23" s="28"/>
       <c r="E23" s="28"/>
     </row>
     <row r="24" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="43" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="36" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="38"/>
       <c r="D24" s="42" t="n">
-        <v>65.61</v>
+        <v>65.33</v>
       </c>
       <c r="E24" s="28"/>
     </row>
     <row r="25" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="33">
         <v>20</v>
       </c>
       <c r="B25" s="34" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="38"/>
       <c r="D25" s="39" t="n">
-        <v>89.93</v>
+        <v>84.31</v>
       </c>
       <c r="E25" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="33">
         <v>21</v>
       </c>
       <c r="B26" s="34" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="38"/>
       <c r="D26" s="39" t="n">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
       <c r="E26" s="9" t="str">
         <f t="shared" ref="E26:E54" si="0">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D26/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="33">
         <v>22</v>
       </c>
       <c r="B27" s="34" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="38"/>
       <c r="D27" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E27" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="33">
         <v>23</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="38"/>
       <c r="D28" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E28" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A29" s="33">
         <v>24</v>
       </c>
       <c r="B29" s="34" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="38"/>
       <c r="D29" s="39" t="n">
-        <v>0.02</v>
+        <v>0.0</v>
       </c>
       <c r="E29" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="33">
         <v>25</v>
       </c>
       <c r="B30" s="34" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="38"/>
       <c r="D30" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E30" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A31" s="33">
         <v>26</v>
       </c>
       <c r="B31" s="34" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="38"/>
       <c r="D31" s="39" t="n">
-        <v>0.14</v>
+        <v>0.29</v>
       </c>
       <c r="E31" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="33" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="36" t="s">
         <v>76</v>
       </c>
       <c r="C32" s="38"/>
       <c r="D32" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E32" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A33" s="33" t="s">
         <v>9</v>
@@ -2558,83 +2558,83 @@
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="33">
         <v>30</v>
       </c>
       <c r="B35" s="34" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="38"/>
       <c r="D35" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E35" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="33">
         <v>31</v>
       </c>
       <c r="B36" s="34" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="38"/>
       <c r="D36" s="39" t="n">
-        <v>2.91</v>
+        <v>7.95</v>
       </c>
       <c r="E36" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="33" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="36" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="38"/>
       <c r="D37" s="39" t="n">
-        <v>0.14</v>
+        <v>0.29</v>
       </c>
       <c r="E37" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" s="45" t="s">
         <v>95</v>
       </c>
       <c r="B38" s="46" t="s">
         <v>96</v>
       </c>
       <c r="C38" s="38"/>
       <c r="D38" s="39" t="n">
-        <v>0.14</v>
+        <v>0.29</v>
       </c>
       <c r="E38" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D38/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="34" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="38"/>
       <c r="D39" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E39" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" s="45" t="s">
         <v>97</v>
@@ -2782,146 +2782,146 @@
     <row r="49" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A49" s="33" t="s">
         <v>53</v>
       </c>
       <c r="B49" s="36" t="s">
         <v>84</v>
       </c>
       <c r="C49" s="38"/>
       <c r="D49" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E49" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="50" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A50" s="33">
         <v>40</v>
       </c>
       <c r="B50" s="34" t="s">
         <v>54</v>
       </c>
       <c r="C50" s="38"/>
       <c r="D50" s="39" t="n">
-        <v>6.94</v>
+        <v>7.37</v>
       </c>
       <c r="E50" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="51" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A51" s="33" t="s">
         <v>55</v>
       </c>
       <c r="B51" s="36" t="s">
         <v>85</v>
       </c>
       <c r="C51" s="38"/>
       <c r="D51" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E51" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="52" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A52" s="33" t="s">
         <v>56</v>
       </c>
       <c r="B52" s="36" t="s">
         <v>86</v>
       </c>
       <c r="C52" s="38"/>
       <c r="D52" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E52" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="53" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A53" s="33" t="s">
         <v>57</v>
       </c>
       <c r="B53" s="36" t="s">
         <v>87</v>
       </c>
       <c r="C53" s="38"/>
       <c r="D53" s="39" t="n">
-        <v>0.13</v>
+        <v>0.26</v>
       </c>
       <c r="E53" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="54" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A54" s="33">
         <v>44</v>
       </c>
       <c r="B54" s="34" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="38"/>
       <c r="D54" s="39" t="n">
         <v>0.0</v>
       </c>
       <c r="E54" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A55" s="43" t="s">
         <v>59</v>
       </c>
       <c r="B55" s="36" t="s">
         <v>16</v>
       </c>
       <c r="C55" s="38"/>
       <c r="D55" s="47" t="n">
         <f>SUM(D25:D31,D34:D36,D48,D50,D54)</f>
-        <v>100.0</v>
+        <v>100.00000000000001</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A56" s="43" t="s">
         <v>94</v>
       </c>
       <c r="B56" s="36" t="s">
         <v>88</v>
       </c>
       <c r="C56" s="38"/>
       <c r="D56" s="48" t="n">
         <f>IF(D13&gt;0,D13-100,"")</f>
-        <v>7.980000000000004</v>
+        <v>14.700000000000003</v>
       </c>
       <c r="E56" s="29"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1" gridLines="false"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryRight="true"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0" showRowColHeaders="true" tabSelected="false">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -2967,51 +2967,51 @@
       <c r="H1" s="4" t="s">
         <v>89</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>90</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>91</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>30.09.2025</v>
+        <v>30.12.2025</v>
       </c>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
     </row>
     <row r="3" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C3" s="55" t="str">
         <f>'BVI-Datenblatt'!C3</f>
         <v>Berenberg Aktien Global Plus R D</v>
       </c>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
@@ -3109,51 +3109,51 @@
       </c>
       <c r="C8" s="55" t="str">
         <f>'BVI-Datenblatt'!C8</f>
         <v>Frankfurt am Main</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="n">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>118.27</v>
+        <v>124.04</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="16" t="str">
         <f>'BVI-Datenblatt'!C23</f>
         <v>EUR</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
@@ -3161,372 +3161,372 @@
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
     <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="11">
         <v>1</v>
       </c>
       <c r="B11" s="55" t="s">
         <v>110</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="17" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="55" t="s">
         <v>111</v>
       </c>
       <c r="F11" s="56" t="s">
         <v>112</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="42" t="n">
-        <v>6.9</v>
+        <v>7.44</v>
       </c>
       <c r="I11" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" s="42" t="n">
-        <v>0.0</v>
+        <v>0.58</v>
       </c>
       <c r="K11" s="42" t="n">
-        <v>6.9</v>
+        <v>6.86</v>
       </c>
       <c r="L11" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="11">
         <v>2</v>
       </c>
       <c r="B12" s="55" t="s">
         <v>113</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="17" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="55" t="s">
         <v>114</v>
       </c>
       <c r="F12" s="56" t="s">
         <v>115</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="42" t="n">
-        <v>4.01</v>
+        <v>6.6</v>
       </c>
       <c r="I12" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" s="42" t="n">
-        <v>4.01</v>
+        <v>0.0</v>
       </c>
       <c r="K12" s="42" t="n">
-        <v>0.0</v>
+        <v>6.6</v>
       </c>
       <c r="L12" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="11">
         <v>3</v>
       </c>
       <c r="B13" s="55" t="s">
         <v>116</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="55" t="s">
         <v>117</v>
       </c>
       <c r="F13" s="56" t="s">
         <v>118</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="42" t="n">
-        <v>3.13</v>
+        <v>3.36</v>
       </c>
       <c r="I13" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" s="42" t="n">
-        <v>0.81</v>
+        <v>3.36</v>
       </c>
       <c r="K13" s="42" t="n">
-        <v>2.32</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="11">
         <v>4</v>
       </c>
       <c r="B14" s="55" t="s">
         <v>119</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="55" t="s">
         <v>120</v>
       </c>
       <c r="F14" s="56" t="s">
         <v>121</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="42" t="n">
-        <v>3.0</v>
+        <v>3.33</v>
       </c>
       <c r="I14" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" s="42" t="n">
-        <v>3.0</v>
+        <v>3.33</v>
       </c>
       <c r="K14" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L14" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="11">
         <v>5</v>
       </c>
       <c r="B15" s="55" t="s">
         <v>122</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="55" t="s">
         <v>123</v>
       </c>
       <c r="F15" s="56" t="s">
         <v>124</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="42" t="n">
-        <v>2.8</v>
+        <v>2.79</v>
       </c>
       <c r="I15" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" s="42" t="n">
-        <v>2.8</v>
+        <v>2.79</v>
       </c>
       <c r="K15" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L15" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="11">
         <v>6</v>
       </c>
       <c r="B16" s="55" t="s">
         <v>125</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="55" t="s">
         <v>126</v>
       </c>
       <c r="F16" s="56" t="s">
         <v>127</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="42" t="n">
-        <v>2.51</v>
+        <v>2.65</v>
       </c>
       <c r="I16" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" s="42" t="n">
-        <v>2.51</v>
+        <v>2.65</v>
       </c>
       <c r="K16" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L16" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="11">
         <v>7</v>
       </c>
       <c r="B17" s="55" t="s">
         <v>128</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E17" s="55" t="s">
         <v>129</v>
       </c>
       <c r="F17" s="56" t="s">
         <v>130</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="42" t="n">
-        <v>2.47</v>
+        <v>2.54</v>
       </c>
       <c r="I17" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" s="42" t="n">
-        <v>2.47</v>
+        <v>2.54</v>
       </c>
       <c r="K17" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L17" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="11">
         <v>8</v>
       </c>
       <c r="B18" s="55" t="s">
         <v>131</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="55" t="s">
         <v>132</v>
       </c>
       <c r="F18" s="56" t="s">
         <v>133</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="42" t="n">
-        <v>2.47</v>
+        <v>2.53</v>
       </c>
       <c r="I18" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" s="42" t="n">
-        <v>2.47</v>
+        <v>2.53</v>
       </c>
       <c r="K18" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L18" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="11">
         <v>9</v>
       </c>
       <c r="B19" s="55" t="s">
         <v>134</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="55" t="s">
         <v>135</v>
       </c>
       <c r="F19" s="56" t="s">
         <v>136</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="42" t="n">
-        <v>2.42</v>
+        <v>2.51</v>
       </c>
       <c r="I19" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" s="42" t="n">
-        <v>2.42</v>
+        <v>2.51</v>
       </c>
       <c r="K19" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L19" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="11">
         <v>10</v>
       </c>
       <c r="B20" s="55" t="s">
         <v>137</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="55" t="s">
         <v>138</v>
       </c>
       <c r="F20" s="56" t="s">
         <v>139</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="42" t="n">
-        <v>2.33</v>
+        <v>2.41</v>
       </c>
       <c r="I20" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" s="42" t="n">
-        <v>2.33</v>
+        <v>2.41</v>
       </c>
       <c r="K20" s="42" t="n">
         <v>0.0</v>
       </c>
       <c r="L20" s="42" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="21"/>
     <row r="22" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="19" t="s">
         <v>140</v>
       </c>
       <c r="B22" s="19"/>
       <c r="C22" s="19"/>
       <c r="D22" s="19"/>
       <c r="E22" s="19"/>
       <c r="F22" s="19"/>
       <c r="G22" s="19"/>
       <c r="H22" s="19"/>
       <c r="I22" s="19"/>
       <c r="J22" s="19"/>
       <c r="K22" s="19"/>
       <c r="L22" s="19"/>
     </row>