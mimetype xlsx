--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -7,56 +7,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27726"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\UID\Team\RegRep\Meldewesen\VAG\Mandant UI\Meldungen\2025\2025 - 09\Homepage\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\UID\Team\RegRep\Meldewesen\VAG\Mandant UI\Meldungen\2025\2025 - 10\Homepage\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9D071A85-2A46-4E0D-B0FB-4B2BF1088C5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{251C6584-41F8-425A-819B-CA2E96084BB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Datenblatt" sheetId="4" r:id="rId1"/>
     <sheet name="BVI-Schuldnerliste" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'BVI-Datenblatt'!$A$1:$E$56</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'BVI-Schuldnerliste'!$A$1:$L$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1140,162 +1140,162 @@
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
 (prozent vom Wert des Fonds/Anteilsklasse)</t>
   </si>
   <si>
     <t>45b</t>
   </si>
   <si>
     <t>32a*</t>
   </si>
   <si>
     <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
   </si>
   <si>
     <t>33a*</t>
   </si>
   <si>
     <t>34a*</t>
   </si>
   <si>
     <t>35a*</t>
   </si>
   <si>
     <t>36a*</t>
   </si>
   <si>
-    <t>30.09.2025</t>
+    <t>31.10.2025</t>
   </si>
   <si>
     <t>GLS Bank Aktienfonds AK B</t>
   </si>
   <si>
     <t>DE000A1W2CL6</t>
   </si>
   <si>
     <t xml:space="preserve">Universal-Investment-Gesellschaft mbH </t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>börsentäglich</t>
   </si>
   <si>
     <t>ohne Benchmark</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
-    <t>DZ BANK AG Deutsche Zentral-Genossenschaftsbank, Frankfurt am Main</t>
-[...7 lines deleted...]
-  <si>
     <t>ASML Holding N.V.</t>
   </si>
   <si>
     <t>724500Y6DUVHQD6OXN27</t>
   </si>
   <si>
     <t>894248</t>
   </si>
   <si>
+    <t>Telecom Italia S.p.A.</t>
+  </si>
+  <si>
+    <t>549300W384M3RI3VXU42</t>
+  </si>
+  <si>
+    <t>860013</t>
+  </si>
+  <si>
     <t>SAP SE</t>
   </si>
   <si>
     <t>529900D6BF99LW9R2E68</t>
   </si>
   <si>
     <t>716460</t>
   </si>
   <si>
+    <t>Tokyo Electron Ltd.</t>
+  </si>
+  <si>
+    <t>549300H5LSF8DP3RIJ34</t>
+  </si>
+  <si>
+    <t>865510</t>
+  </si>
+  <si>
+    <t>Hoya Corp.</t>
+  </si>
+  <si>
+    <t>353800X4VR3BHEUCJB42</t>
+  </si>
+  <si>
+    <t>856625</t>
+  </si>
+  <si>
+    <t>First Solar Inc.</t>
+  </si>
+  <si>
+    <t>549300NPYMLM4NHTOF27</t>
+  </si>
+  <si>
+    <t>237880</t>
+  </si>
+  <si>
     <t>Swiss Re AG</t>
   </si>
   <si>
     <t>529900PS9YW3YY29F326</t>
   </si>
   <si>
     <t>282675</t>
   </si>
   <si>
-    <t>Telecom Italia S.p.A.</t>
-[...16 lines deleted...]
-  <si>
     <t>Swisscom AG</t>
   </si>
   <si>
     <t>5493005SL9HHOXS3B739</t>
   </si>
   <si>
     <t>916234</t>
   </si>
   <si>
+    <t>Legrand S.A.</t>
+  </si>
+  <si>
+    <t>969500XXRPGD7HCAFA90</t>
+  </si>
+  <si>
+    <t>400447</t>
+  </si>
+  <si>
     <t>Poste Italiane S.p.A.</t>
   </si>
   <si>
     <t>815600354DEDBD0BA991</t>
   </si>
   <si>
     <t>505888</t>
-  </si>
-[...16 lines deleted...]
-    <t>400447</t>
   </si>
   <si>
     <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 grössten Aussteller (Schuldner) zeitnah erhält.</t>
   </si>
   <si>
     <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2278,185 +2278,185 @@
       <c r="C20" s="36"/>
       <c r="D20" s="39"/>
       <c r="E20" s="27"/>
     </row>
     <row r="21" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="31">
         <v>18</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="36"/>
       <c r="D21" s="39"/>
       <c r="E21" s="27"/>
     </row>
     <row r="22" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="31">
         <v>19</v>
       </c>
       <c r="B22" s="34" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="36"/>
       <c r="D22" s="26"/>
       <c r="E22" s="40">
-        <v>76.2</v>
+        <v>79.02</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="41" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="34" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="51" t="s">
         <v>106</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26"/>
     </row>
     <row r="24" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="41" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="34" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="36"/>
       <c r="D24" s="40">
-        <v>53.75</v>
+        <v>56.91</v>
       </c>
       <c r="E24" s="26"/>
     </row>
     <row r="25" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="31">
         <v>20</v>
       </c>
       <c r="B25" s="32" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="36"/>
       <c r="D25" s="37">
-        <v>90.91</v>
+        <v>92.74</v>
       </c>
       <c r="E25" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="31">
         <v>21</v>
       </c>
       <c r="B26" s="32" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="36"/>
       <c r="D26" s="37">
-        <v>0.14000000000000001</v>
+        <v>0</v>
       </c>
       <c r="E26" s="9" t="str">
         <f t="shared" ref="E26:E54" si="0">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D26/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="31">
         <v>22</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="36"/>
       <c r="D27" s="37">
         <v>0</v>
       </c>
       <c r="E27" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="31">
         <v>23</v>
       </c>
       <c r="B28" s="32" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="36"/>
       <c r="D28" s="37">
         <v>0</v>
       </c>
       <c r="E28" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A29" s="31">
         <v>24</v>
       </c>
       <c r="B29" s="32" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="36"/>
       <c r="D29" s="37">
-        <v>2.4300000000000002</v>
+        <v>3.25</v>
       </c>
       <c r="E29" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="31">
         <v>25</v>
       </c>
       <c r="B30" s="32" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="36"/>
       <c r="D30" s="37">
         <v>0</v>
       </c>
       <c r="E30" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A31" s="31">
         <v>26</v>
       </c>
       <c r="B31" s="32" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="36"/>
       <c r="D31" s="37">
-        <v>3.97</v>
+        <v>2.83</v>
       </c>
       <c r="E31" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="31" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="34" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="36"/>
       <c r="D32" s="37">
         <v>0</v>
       </c>
       <c r="E32" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A33" s="31" t="s">
         <v>9</v>
@@ -2492,115 +2492,115 @@
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="31">
         <v>30</v>
       </c>
       <c r="B35" s="32" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="36"/>
       <c r="D35" s="37">
         <v>0</v>
       </c>
       <c r="E35" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="31">
         <v>31</v>
       </c>
       <c r="B36" s="32" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="36"/>
       <c r="D36" s="37">
-        <v>2.5499999999999998</v>
+        <v>1.18</v>
       </c>
       <c r="E36" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="34" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="36"/>
       <c r="D37" s="37">
-        <v>3.67</v>
+        <v>2.54</v>
       </c>
       <c r="E37" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" s="42" t="s">
         <v>93</v>
       </c>
       <c r="B38" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="36"/>
       <c r="D38" s="37">
-        <v>3.67</v>
+        <v>2.54</v>
       </c>
       <c r="E38" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D38/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="32" t="s">
         <v>77</v>
       </c>
       <c r="C39" s="36"/>
       <c r="D39" s="37">
-        <v>0.3</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="E39" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" s="42" t="s">
         <v>95</v>
       </c>
       <c r="B40" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="36"/>
       <c r="D40" s="37">
-        <v>0.3</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="E40" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="41" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="32" t="s">
         <v>78</v>
       </c>
       <c r="C41" s="36"/>
       <c r="D41" s="37">
         <v>0</v>
       </c>
       <c r="E41" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" s="42" t="s">
         <v>96</v>
@@ -2668,51 +2668,51 @@
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A46" s="42" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="36"/>
       <c r="D46" s="37">
         <v>0</v>
       </c>
       <c r="E46" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="47" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A47" s="31" t="s">
         <v>15</v>
       </c>
       <c r="B47" s="34" t="s">
         <v>81</v>
       </c>
       <c r="C47" s="36"/>
       <c r="D47" s="37">
-        <v>0.3</v>
+        <v>0.28999999999999998</v>
       </c>
       <c r="E47" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="48" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A48" s="31">
         <v>38</v>
       </c>
       <c r="B48" s="32" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="36"/>
       <c r="D48" s="37">
         <v>0</v>
       </c>
       <c r="E48" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="49" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A49" s="31" t="s">
         <v>53</v>
@@ -2898,51 +2898,51 @@
       <c r="H1" s="4" t="s">
         <v>87</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>88</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>89</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>30.09.2025</v>
+        <v>31.10.2025</v>
       </c>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
     </row>
     <row r="3" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C3" s="52" t="str">
         <f>'BVI-Datenblatt'!C3</f>
         <v>GLS Bank Aktienfonds AK B</v>
       </c>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
@@ -3040,424 +3040,424 @@
       </c>
       <c r="C8" s="52" t="str">
         <f>'BVI-Datenblatt'!C8</f>
         <v>Frankfurt am Main</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>76.2</v>
+        <v>79.02</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="16" t="str">
         <f>'BVI-Datenblatt'!C23</f>
         <v>EUR</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
-    <row r="11" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="11">
         <v>1</v>
       </c>
       <c r="B11" s="52" t="s">
         <v>107</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="17" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="52" t="s">
         <v>108</v>
       </c>
       <c r="F11" s="53" t="s">
         <v>109</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="40">
-        <v>2.61</v>
+        <v>2.77</v>
       </c>
       <c r="I11" s="40">
         <v>0</v>
       </c>
       <c r="J11" s="40">
-        <v>0</v>
+        <v>2.77</v>
       </c>
       <c r="K11" s="40">
         <v>0</v>
       </c>
       <c r="L11" s="40">
-        <v>2.61</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="11">
         <v>2</v>
       </c>
       <c r="B12" s="52" t="s">
         <v>110</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="17" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="52" t="s">
         <v>111</v>
       </c>
       <c r="F12" s="53" t="s">
         <v>112</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="40">
-        <v>2.59</v>
+        <v>2.21</v>
       </c>
       <c r="I12" s="40">
         <v>0</v>
       </c>
       <c r="J12" s="40">
-        <v>2.59</v>
+        <v>2.21</v>
       </c>
       <c r="K12" s="40">
         <v>0</v>
       </c>
       <c r="L12" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="11">
         <v>3</v>
       </c>
       <c r="B13" s="52" t="s">
         <v>113</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="52" t="s">
         <v>114</v>
       </c>
       <c r="F13" s="53" t="s">
         <v>115</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="40">
-        <v>2.21</v>
+        <v>2.1</v>
       </c>
       <c r="I13" s="40">
         <v>0</v>
       </c>
       <c r="J13" s="40">
-        <v>2.21</v>
+        <v>2.1</v>
       </c>
       <c r="K13" s="40">
         <v>0</v>
       </c>
       <c r="L13" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="11">
         <v>4</v>
       </c>
       <c r="B14" s="52" t="s">
         <v>116</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="52" t="s">
         <v>117</v>
       </c>
       <c r="F14" s="53" t="s">
         <v>118</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="40">
-        <v>2.0499999999999998</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="I14" s="40">
         <v>0</v>
       </c>
       <c r="J14" s="40">
-        <v>2.0499999999999998</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="K14" s="40">
         <v>0</v>
       </c>
       <c r="L14" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="11">
         <v>5</v>
       </c>
       <c r="B15" s="52" t="s">
         <v>119</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="52" t="s">
         <v>120</v>
       </c>
       <c r="F15" s="53" t="s">
         <v>121</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="40">
-        <v>1.99</v>
+        <v>2.0299999999999998</v>
       </c>
       <c r="I15" s="40">
         <v>0</v>
       </c>
       <c r="J15" s="40">
-        <v>1.99</v>
+        <v>2.0299999999999998</v>
       </c>
       <c r="K15" s="40">
         <v>0</v>
       </c>
       <c r="L15" s="40">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A16" s="11">
         <v>6</v>
       </c>
       <c r="B16" s="52" t="s">
         <v>122</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="52" t="s">
         <v>123</v>
       </c>
       <c r="F16" s="53" t="s">
         <v>124</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="40">
-        <v>1.94</v>
+        <v>2</v>
       </c>
       <c r="I16" s="40">
         <v>0</v>
       </c>
       <c r="J16" s="40">
-        <v>1.94</v>
+        <v>2</v>
       </c>
       <c r="K16" s="40">
         <v>0</v>
       </c>
       <c r="L16" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="11">
         <v>7</v>
       </c>
       <c r="B17" s="52" t="s">
         <v>125</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E17" s="52" t="s">
         <v>126</v>
       </c>
       <c r="F17" s="53" t="s">
         <v>127</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="40">
-        <v>1.93</v>
+        <v>1.99</v>
       </c>
       <c r="I17" s="40">
         <v>0</v>
       </c>
       <c r="J17" s="40">
-        <v>1.93</v>
+        <v>1.99</v>
       </c>
       <c r="K17" s="40">
         <v>0</v>
       </c>
       <c r="L17" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="11">
         <v>8</v>
       </c>
       <c r="B18" s="52" t="s">
         <v>128</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="52" t="s">
         <v>129</v>
       </c>
       <c r="F18" s="53" t="s">
         <v>130</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="40">
-        <v>1.88</v>
+        <v>1.92</v>
       </c>
       <c r="I18" s="40">
         <v>0</v>
       </c>
       <c r="J18" s="40">
-        <v>1.88</v>
+        <v>1.92</v>
       </c>
       <c r="K18" s="40">
         <v>0</v>
       </c>
       <c r="L18" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="11">
         <v>9</v>
       </c>
       <c r="B19" s="52" t="s">
         <v>131</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="52" t="s">
         <v>132</v>
       </c>
       <c r="F19" s="53" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="40">
-        <v>1.85</v>
+        <v>1.88</v>
       </c>
       <c r="I19" s="40">
         <v>0</v>
       </c>
       <c r="J19" s="40">
-        <v>1.85</v>
+        <v>1.88</v>
       </c>
       <c r="K19" s="40">
         <v>0</v>
       </c>
       <c r="L19" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="11">
         <v>10</v>
       </c>
       <c r="B20" s="52" t="s">
         <v>134</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="52" t="s">
         <v>135</v>
       </c>
       <c r="F20" s="53" t="s">
         <v>136</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="40">
-        <v>1.83</v>
+        <v>1.88</v>
       </c>
       <c r="I20" s="40">
         <v>0</v>
       </c>
       <c r="J20" s="40">
-        <v>1.83</v>
+        <v>1.88</v>
       </c>
       <c r="K20" s="40">
         <v>0</v>
       </c>
       <c r="L20" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="54" t="s">
         <v>137</v>
       </c>
       <c r="B22" s="54"/>
       <c r="C22" s="54"/>
       <c r="D22" s="54"/>
       <c r="E22" s="54"/>
       <c r="F22" s="54"/>
       <c r="G22" s="54"/>
       <c r="H22" s="54"/>
       <c r="I22" s="54"/>
       <c r="J22" s="54"/>
       <c r="K22" s="54"/>
       <c r="L22" s="54"/>
     </row>
     <row r="23" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">