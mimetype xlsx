--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -7,56 +7,56 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27726"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\UID\Team\RegRep\Meldewesen\VAG\Mandant UI\Meldungen\2025\2025 - 10\Homepage\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\UID\Team\RegRep\Meldewesen\VAG\Mandant UI\Meldungen\Makros VAG\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{251C6584-41F8-425A-819B-CA2E96084BB1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4878DE5C-3188-4C13-BF17-CCE7A5C16375}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Datenblatt" sheetId="4" r:id="rId1"/>
     <sheet name="BVI-Schuldnerliste" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'BVI-Datenblatt'!$A$1:$E$56</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'BVI-Schuldnerliste'!$A$1:$L$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1140,162 +1140,162 @@
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
 (prozent vom Wert des Fonds/Anteilsklasse)</t>
   </si>
   <si>
     <t>45b</t>
   </si>
   <si>
     <t>32a*</t>
   </si>
   <si>
     <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
   </si>
   <si>
     <t>33a*</t>
   </si>
   <si>
     <t>34a*</t>
   </si>
   <si>
     <t>35a*</t>
   </si>
   <si>
     <t>36a*</t>
   </si>
   <si>
-    <t>31.10.2025</t>
+    <t>30.12.2025</t>
   </si>
   <si>
     <t>GLS Bank Aktienfonds AK B</t>
   </si>
   <si>
     <t>DE000A1W2CL6</t>
   </si>
   <si>
     <t xml:space="preserve">Universal-Investment-Gesellschaft mbH </t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>börsentäglich</t>
   </si>
   <si>
     <t>ohne Benchmark</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>ASML Holding N.V.</t>
   </si>
   <si>
     <t>724500Y6DUVHQD6OXN27</t>
   </si>
   <si>
     <t>894248</t>
   </si>
   <si>
+    <t>DZ BANK AG Deutsche Zentral-Genossenschaftsbank, Frankfurt am Main</t>
+  </si>
+  <si>
+    <t>529900HNOAA1KXQJUQ27</t>
+  </si>
+  <si>
+    <t>238000</t>
+  </si>
+  <si>
+    <t>Infineon Technologies AG</t>
+  </si>
+  <si>
+    <t>TSI2PJM6EPETEQ4X1U25</t>
+  </si>
+  <si>
+    <t>623100</t>
+  </si>
+  <si>
+    <t>Tokyo Electron Ltd.</t>
+  </si>
+  <si>
+    <t>549300H5LSF8DP3RIJ34</t>
+  </si>
+  <si>
+    <t>865510</t>
+  </si>
+  <si>
     <t>Telecom Italia S.p.A.</t>
   </si>
   <si>
     <t>549300W384M3RI3VXU42</t>
   </si>
   <si>
     <t>860013</t>
   </si>
   <si>
-    <t>SAP SE</t>
-[...14 lines deleted...]
-    <t>865510</t>
+    <t>First Solar Inc.</t>
+  </si>
+  <si>
+    <t>549300NPYMLM4NHTOF27</t>
+  </si>
+  <si>
+    <t>237880</t>
+  </si>
+  <si>
+    <t>Poste Italiane S.p.A.</t>
+  </si>
+  <si>
+    <t>815600354DEDBD0BA991</t>
+  </si>
+  <si>
+    <t>505888</t>
+  </si>
+  <si>
+    <t>Bharti Airtel Ltd.</t>
+  </si>
+  <si>
+    <t>335800KQ1FPKOQ84OR26</t>
+  </si>
+  <si>
+    <t>206292</t>
+  </si>
+  <si>
+    <t>Swisscom AG</t>
+  </si>
+  <si>
+    <t>5493005SL9HHOXS3B739</t>
+  </si>
+  <si>
+    <t>916234</t>
   </si>
   <si>
     <t>Hoya Corp.</t>
   </si>
   <si>
     <t>353800X4VR3BHEUCJB42</t>
   </si>
   <si>
     <t>856625</t>
-  </si>
-[...43 lines deleted...]
-    <t>505888</t>
   </si>
   <si>
     <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 grössten Aussteller (Schuldner) zeitnah erhält.</t>
   </si>
   <si>
     <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -2278,89 +2278,89 @@
       <c r="C20" s="36"/>
       <c r="D20" s="39"/>
       <c r="E20" s="27"/>
     </row>
     <row r="21" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="31">
         <v>18</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="36"/>
       <c r="D21" s="39"/>
       <c r="E21" s="27"/>
     </row>
     <row r="22" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="31">
         <v>19</v>
       </c>
       <c r="B22" s="34" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="36"/>
       <c r="D22" s="26"/>
       <c r="E22" s="40">
-        <v>79.02</v>
+        <v>76.989999999999995</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="41" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="34" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="51" t="s">
         <v>106</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26"/>
     </row>
     <row r="24" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="41" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="34" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="36"/>
       <c r="D24" s="40">
-        <v>56.91</v>
+        <v>57.59</v>
       </c>
       <c r="E24" s="26"/>
     </row>
     <row r="25" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="31">
         <v>20</v>
       </c>
       <c r="B25" s="32" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="36"/>
       <c r="D25" s="37">
-        <v>92.74</v>
+        <v>94.67</v>
       </c>
       <c r="E25" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="31">
         <v>21</v>
       </c>
       <c r="B26" s="32" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="36"/>
       <c r="D26" s="37">
         <v>0</v>
       </c>
       <c r="E26" s="9" t="str">
         <f t="shared" ref="E26:E54" si="0">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D26/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="31">
         <v>22</v>
@@ -2380,83 +2380,83 @@
     <row r="28" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="31">
         <v>23</v>
       </c>
       <c r="B28" s="32" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="36"/>
       <c r="D28" s="37">
         <v>0</v>
       </c>
       <c r="E28" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A29" s="31">
         <v>24</v>
       </c>
       <c r="B29" s="32" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="36"/>
       <c r="D29" s="37">
-        <v>3.25</v>
+        <v>2.96</v>
       </c>
       <c r="E29" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="31">
         <v>25</v>
       </c>
       <c r="B30" s="32" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="36"/>
       <c r="D30" s="37">
         <v>0</v>
       </c>
       <c r="E30" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="31" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A31" s="31">
         <v>26</v>
       </c>
       <c r="B31" s="32" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="36"/>
       <c r="D31" s="37">
-        <v>2.83</v>
+        <v>0.3</v>
       </c>
       <c r="E31" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="31" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="34" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="36"/>
       <c r="D32" s="37">
         <v>0</v>
       </c>
       <c r="E32" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A33" s="31" t="s">
         <v>9</v>
@@ -2492,115 +2492,115 @@
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="31">
         <v>30</v>
       </c>
       <c r="B35" s="32" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="36"/>
       <c r="D35" s="37">
         <v>0</v>
       </c>
       <c r="E35" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="31">
         <v>31</v>
       </c>
       <c r="B36" s="32" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="36"/>
       <c r="D36" s="37">
-        <v>1.18</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="E36" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="34" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="36"/>
       <c r="D37" s="37">
-        <v>2.54</v>
+        <v>0</v>
       </c>
       <c r="E37" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" s="42" t="s">
         <v>93</v>
       </c>
       <c r="B38" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="36"/>
       <c r="D38" s="37">
-        <v>2.54</v>
+        <v>0</v>
       </c>
       <c r="E38" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D38/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="32" t="s">
         <v>77</v>
       </c>
       <c r="C39" s="36"/>
       <c r="D39" s="37">
-        <v>0.28999999999999998</v>
+        <v>0.3</v>
       </c>
       <c r="E39" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" s="42" t="s">
         <v>95</v>
       </c>
       <c r="B40" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="36"/>
       <c r="D40" s="37">
-        <v>0.28999999999999998</v>
+        <v>0.3</v>
       </c>
       <c r="E40" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="41" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="32" t="s">
         <v>78</v>
       </c>
       <c r="C41" s="36"/>
       <c r="D41" s="37">
         <v>0</v>
       </c>
       <c r="E41" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" s="42" t="s">
         <v>96</v>
@@ -2668,51 +2668,51 @@
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A46" s="42" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="36"/>
       <c r="D46" s="37">
         <v>0</v>
       </c>
       <c r="E46" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="47" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A47" s="31" t="s">
         <v>15</v>
       </c>
       <c r="B47" s="34" t="s">
         <v>81</v>
       </c>
       <c r="C47" s="36"/>
       <c r="D47" s="37">
-        <v>0.28999999999999998</v>
+        <v>0.3</v>
       </c>
       <c r="E47" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="48" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A48" s="31">
         <v>38</v>
       </c>
       <c r="B48" s="32" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="36"/>
       <c r="D48" s="37">
         <v>0</v>
       </c>
       <c r="E48" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="49" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A49" s="31" t="s">
         <v>53</v>
@@ -2797,51 +2797,51 @@
       <c r="A54" s="31">
         <v>44</v>
       </c>
       <c r="B54" s="32" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="36"/>
       <c r="D54" s="37">
         <v>0</v>
       </c>
       <c r="E54" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A55" s="41" t="s">
         <v>59</v>
       </c>
       <c r="B55" s="34" t="s">
         <v>16</v>
       </c>
       <c r="C55" s="36"/>
       <c r="D55" s="44">
         <f>SUM(D25:D31,D34:D36,D48,D50,D54)</f>
-        <v>100</v>
+        <v>99.999999999999986</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A56" s="41" t="s">
         <v>92</v>
       </c>
       <c r="B56" s="34" t="s">
         <v>86</v>
       </c>
       <c r="C56" s="36"/>
       <c r="D56" s="45">
         <f>IF(D13&gt;0,D13-100,"")</f>
         <v>0</v>
       </c>
       <c r="E56" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
@@ -2898,51 +2898,51 @@
       <c r="H1" s="4" t="s">
         <v>87</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>88</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>89</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>31.10.2025</v>
+        <v>30.12.2025</v>
       </c>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
     </row>
     <row r="3" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C3" s="52" t="str">
         <f>'BVI-Datenblatt'!C3</f>
         <v>GLS Bank Aktienfonds AK B</v>
       </c>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
@@ -3040,51 +3040,51 @@
       </c>
       <c r="C8" s="52" t="str">
         <f>'BVI-Datenblatt'!C8</f>
         <v>Frankfurt am Main</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>79.02</v>
+        <v>76.989999999999995</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="16" t="str">
         <f>'BVI-Datenblatt'!C23</f>
         <v>EUR</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
@@ -3092,98 +3092,98 @@
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
     <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="11">
         <v>1</v>
       </c>
       <c r="B11" s="52" t="s">
         <v>107</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="17" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="52" t="s">
         <v>108</v>
       </c>
       <c r="F11" s="53" t="s">
         <v>109</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="40">
-        <v>2.77</v>
+        <v>2.52</v>
       </c>
       <c r="I11" s="40">
         <v>0</v>
       </c>
       <c r="J11" s="40">
-        <v>2.77</v>
+        <v>2.52</v>
       </c>
       <c r="K11" s="40">
         <v>0</v>
       </c>
       <c r="L11" s="40">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A12" s="11">
         <v>2</v>
       </c>
       <c r="B12" s="52" t="s">
         <v>110</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="17" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="52" t="s">
         <v>111</v>
       </c>
       <c r="F12" s="53" t="s">
         <v>112</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="40">
-        <v>2.21</v>
+        <v>2.13</v>
       </c>
       <c r="I12" s="40">
         <v>0</v>
       </c>
       <c r="J12" s="40">
-        <v>2.21</v>
+        <v>0</v>
       </c>
       <c r="K12" s="40">
         <v>0</v>
       </c>
       <c r="L12" s="40">
-        <v>0</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="11">
         <v>3</v>
       </c>
       <c r="B13" s="52" t="s">
         <v>113</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="52" t="s">
         <v>114</v>
       </c>
       <c r="F13" s="53" t="s">
         <v>115</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="40">
         <v>2.1</v>
       </c>
       <c r="I13" s="40">
@@ -3197,92 +3197,92 @@
       </c>
       <c r="L13" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="11">
         <v>4</v>
       </c>
       <c r="B14" s="52" t="s">
         <v>116</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="52" t="s">
         <v>117</v>
       </c>
       <c r="F14" s="53" t="s">
         <v>118</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="40">
-        <v>2.0699999999999998</v>
+        <v>2.08</v>
       </c>
       <c r="I14" s="40">
         <v>0</v>
       </c>
       <c r="J14" s="40">
-        <v>2.0699999999999998</v>
+        <v>2.08</v>
       </c>
       <c r="K14" s="40">
         <v>0</v>
       </c>
       <c r="L14" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="11">
         <v>5</v>
       </c>
       <c r="B15" s="52" t="s">
         <v>119</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="52" t="s">
         <v>120</v>
       </c>
       <c r="F15" s="53" t="s">
         <v>121</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="40">
-        <v>2.0299999999999998</v>
+        <v>2.06</v>
       </c>
       <c r="I15" s="40">
         <v>0</v>
       </c>
       <c r="J15" s="40">
-        <v>2.0299999999999998</v>
+        <v>2.06</v>
       </c>
       <c r="K15" s="40">
         <v>0</v>
       </c>
       <c r="L15" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A16" s="11">
         <v>6</v>
       </c>
       <c r="B16" s="52" t="s">
         <v>122</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="52" t="s">
         <v>123</v>
       </c>
       <c r="F16" s="53" t="s">
         <v>124</v>
@@ -3337,127 +3337,127 @@
       </c>
       <c r="L17" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="11">
         <v>8</v>
       </c>
       <c r="B18" s="52" t="s">
         <v>128</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="52" t="s">
         <v>129</v>
       </c>
       <c r="F18" s="53" t="s">
         <v>130</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="40">
-        <v>1.92</v>
+        <v>1.93</v>
       </c>
       <c r="I18" s="40">
         <v>0</v>
       </c>
       <c r="J18" s="40">
-        <v>1.92</v>
+        <v>1.93</v>
       </c>
       <c r="K18" s="40">
         <v>0</v>
       </c>
       <c r="L18" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="11">
         <v>9</v>
       </c>
       <c r="B19" s="52" t="s">
         <v>131</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="52" t="s">
         <v>132</v>
       </c>
       <c r="F19" s="53" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="40">
-        <v>1.88</v>
+        <v>1.93</v>
       </c>
       <c r="I19" s="40">
         <v>0</v>
       </c>
       <c r="J19" s="40">
-        <v>1.88</v>
+        <v>1.93</v>
       </c>
       <c r="K19" s="40">
         <v>0</v>
       </c>
       <c r="L19" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="11">
         <v>10</v>
       </c>
       <c r="B20" s="52" t="s">
         <v>134</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="52" t="s">
         <v>135</v>
       </c>
       <c r="F20" s="53" t="s">
         <v>136</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="40">
-        <v>1.88</v>
+        <v>1.91</v>
       </c>
       <c r="I20" s="40">
         <v>0</v>
       </c>
       <c r="J20" s="40">
-        <v>1.88</v>
+        <v>1.91</v>
       </c>
       <c r="K20" s="40">
         <v>0</v>
       </c>
       <c r="L20" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="54" t="s">
         <v>137</v>
       </c>
       <c r="B22" s="54"/>
       <c r="C22" s="54"/>
       <c r="D22" s="54"/>
       <c r="E22" s="54"/>
       <c r="F22" s="54"/>
       <c r="G22" s="54"/>
       <c r="H22" s="54"/>
       <c r="I22" s="54"/>
       <c r="J22" s="54"/>
       <c r="K22" s="54"/>
       <c r="L22" s="54"/>
     </row>
     <row r="23" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">