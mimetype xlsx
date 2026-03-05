--- v2 (2026-01-14)
+++ v3 (2026-03-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27726"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\UID\Team\RegRep\Meldewesen\VAG\Mandant UI\Meldungen\Makros VAG\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4878DE5C-3188-4C13-BF17-CCE7A5C16375}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{064DAE87-74A9-470A-9508-9BDA252707BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Datenblatt" sheetId="4" r:id="rId1"/>
     <sheet name="BVI-Schuldnerliste" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'BVI-Datenblatt'!$A$1:$E$56</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'BVI-Schuldnerliste'!$A$1:$L$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -1140,162 +1140,162 @@
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
 (prozent vom Wert des Fonds/Anteilsklasse)</t>
   </si>
   <si>
     <t>45b</t>
   </si>
   <si>
     <t>32a*</t>
   </si>
   <si>
     <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
   </si>
   <si>
     <t>33a*</t>
   </si>
   <si>
     <t>34a*</t>
   </si>
   <si>
     <t>35a*</t>
   </si>
   <si>
     <t>36a*</t>
   </si>
   <si>
-    <t>30.12.2025</t>
+    <t>27.02.2026</t>
   </si>
   <si>
     <t>GLS Bank Aktienfonds AK B</t>
   </si>
   <si>
     <t>DE000A1W2CL6</t>
   </si>
   <si>
     <t xml:space="preserve">Universal-Investment-Gesellschaft mbH </t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>börsentäglich</t>
   </si>
   <si>
     <t>ohne Benchmark</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>DZ BANK AG Deutsche Zentral-Genossenschaftsbank, Frankfurt am Main</t>
+  </si>
+  <si>
+    <t>529900HNOAA1KXQJUQ27</t>
+  </si>
+  <si>
+    <t>238000</t>
+  </si>
+  <si>
     <t>ASML Holding N.V.</t>
   </si>
   <si>
     <t>724500Y6DUVHQD6OXN27</t>
   </si>
   <si>
     <t>894248</t>
   </si>
   <si>
-    <t>DZ BANK AG Deutsche Zentral-Genossenschaftsbank, Frankfurt am Main</t>
-[...5 lines deleted...]
-    <t>238000</t>
+    <t>Tokyo Electron Ltd.</t>
+  </si>
+  <si>
+    <t>549300H5LSF8DP3RIJ34</t>
+  </si>
+  <si>
+    <t>865510</t>
   </si>
   <si>
     <t>Infineon Technologies AG</t>
   </si>
   <si>
     <t>TSI2PJM6EPETEQ4X1U25</t>
   </si>
   <si>
     <t>623100</t>
   </si>
   <si>
-    <t>Tokyo Electron Ltd.</t>
-[...5 lines deleted...]
-    <t>865510</t>
+    <t>Millicom International Cellular S.A.</t>
+  </si>
+  <si>
+    <t>549300CTHC1CP86P2G96</t>
+  </si>
+  <si>
+    <t>889328</t>
+  </si>
+  <si>
+    <t>Deutsche Telekom AG</t>
+  </si>
+  <si>
+    <t>549300V9QSIG4WX4GJ96</t>
+  </si>
+  <si>
+    <t>555700</t>
   </si>
   <si>
     <t>Telecom Italia S.p.A.</t>
   </si>
   <si>
     <t>549300W384M3RI3VXU42</t>
   </si>
   <si>
     <t>860013</t>
   </si>
   <si>
-    <t>First Solar Inc.</t>
-[...5 lines deleted...]
-    <t>237880</t>
+    <t>Swisscom AG</t>
+  </si>
+  <si>
+    <t>5493005SL9HHOXS3B739</t>
+  </si>
+  <si>
+    <t>916234</t>
   </si>
   <si>
     <t>Poste Italiane S.p.A.</t>
   </si>
   <si>
     <t>815600354DEDBD0BA991</t>
   </si>
   <si>
     <t>505888</t>
   </si>
   <si>
-    <t>Bharti Airtel Ltd.</t>
-[...23 lines deleted...]
-    <t>856625</t>
+    <t>Palo Alto Networks Inc.</t>
+  </si>
+  <si>
+    <t>549300QXR2YVZV231H43</t>
+  </si>
+  <si>
+    <t>724241</t>
   </si>
   <si>
     <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 grössten Aussteller (Schuldner) zeitnah erhält.</t>
   </si>
   <si>
     <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1582,52 +1582,52 @@
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
-    <cellStyle name="Komma" xfId="2" builtinId="3"/>
-    <cellStyle name="Standard" xfId="0" builtinId="0"/>
+    <cellStyle name="Comma" xfId="2" builtinId="3"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1963,51 +1963,51 @@
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N56"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.5" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.6640625" style="46" customWidth="1"/>
     <col min="2" max="2" width="65.6640625" style="47" customWidth="1"/>
     <col min="3" max="3" width="40.6640625" style="48" customWidth="1"/>
     <col min="4" max="4" width="25.6640625" style="49" customWidth="1"/>
     <col min="5" max="5" width="25.6640625" style="22" customWidth="1"/>
     <col min="6" max="235" width="11.5" style="22"/>
     <col min="236" max="236" width="5.1640625" style="22" customWidth="1"/>
     <col min="237" max="237" width="34" style="22" customWidth="1"/>
     <col min="238" max="238" width="24.83203125" style="22" customWidth="1"/>
     <col min="239" max="239" width="22.5" style="22" customWidth="1"/>
     <col min="240" max="240" width="22.33203125" style="22" customWidth="1"/>
     <col min="241" max="241" width="20.1640625" style="22" customWidth="1"/>
     <col min="242" max="16384" width="11.5" style="22"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="18" t="s">
         <v>22</v>
       </c>
       <c r="B1" s="19" t="s">
         <v>23</v>
       </c>
       <c r="C1" s="20" t="s">
         <v>24</v>
@@ -2278,185 +2278,185 @@
       <c r="C20" s="36"/>
       <c r="D20" s="39"/>
       <c r="E20" s="27"/>
     </row>
     <row r="21" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="31">
         <v>18</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="36"/>
       <c r="D21" s="39"/>
       <c r="E21" s="27"/>
     </row>
     <row r="22" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="31">
         <v>19</v>
       </c>
       <c r="B22" s="34" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="36"/>
       <c r="D22" s="26"/>
       <c r="E22" s="40">
-        <v>76.989999999999995</v>
+        <v>82.41</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="41" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="34" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="51" t="s">
         <v>106</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26"/>
     </row>
     <row r="24" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="41" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="34" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="36"/>
       <c r="D24" s="40">
-        <v>57.59</v>
+        <v>55.59</v>
       </c>
       <c r="E24" s="26"/>
     </row>
     <row r="25" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="31">
         <v>20</v>
       </c>
       <c r="B25" s="32" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="36"/>
       <c r="D25" s="37">
-        <v>94.67</v>
+        <v>90.94</v>
       </c>
       <c r="E25" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="31">
         <v>21</v>
       </c>
       <c r="B26" s="32" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="36"/>
       <c r="D26" s="37">
-        <v>0</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="E26" s="9" t="str">
         <f t="shared" ref="E26:E54" si="0">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D26/100),"")</f>
         <v/>
       </c>
     </row>
-    <row r="27" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A27" s="31">
         <v>22</v>
       </c>
       <c r="B27" s="32" t="s">
         <v>46</v>
       </c>
       <c r="C27" s="36"/>
       <c r="D27" s="37">
         <v>0</v>
       </c>
       <c r="E27" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="28" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="31">
         <v>23</v>
       </c>
       <c r="B28" s="32" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="36"/>
       <c r="D28" s="37">
         <v>0</v>
       </c>
       <c r="E28" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="29" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A29" s="31">
         <v>24</v>
       </c>
       <c r="B29" s="32" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="36"/>
       <c r="D29" s="37">
-        <v>2.96</v>
+        <v>2.77</v>
       </c>
       <c r="E29" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="30" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="31">
         <v>25</v>
       </c>
       <c r="B30" s="32" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="36"/>
       <c r="D30" s="37">
         <v>0</v>
       </c>
       <c r="E30" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
-    <row r="31" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A31" s="31">
         <v>26</v>
       </c>
       <c r="B31" s="32" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="36"/>
       <c r="D31" s="37">
-        <v>0.3</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="E31" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="32" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="31" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="34" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="36"/>
       <c r="D32" s="37">
         <v>0</v>
       </c>
       <c r="E32" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A33" s="31" t="s">
         <v>9</v>
@@ -2492,115 +2492,115 @@
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="31">
         <v>30</v>
       </c>
       <c r="B35" s="32" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="36"/>
       <c r="D35" s="37">
         <v>0</v>
       </c>
       <c r="E35" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="31">
         <v>31</v>
       </c>
       <c r="B36" s="32" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="36"/>
       <c r="D36" s="37">
-        <v>2.0699999999999998</v>
+        <v>5.87</v>
       </c>
       <c r="E36" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="34" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="36"/>
       <c r="D37" s="37">
         <v>0</v>
       </c>
       <c r="E37" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" s="42" t="s">
         <v>93</v>
       </c>
       <c r="B38" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="36"/>
       <c r="D38" s="37">
         <v>0</v>
       </c>
       <c r="E38" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D38/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B39" s="32" t="s">
         <v>77</v>
       </c>
       <c r="C39" s="36"/>
       <c r="D39" s="37">
-        <v>0.3</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="E39" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" s="42" t="s">
         <v>95</v>
       </c>
       <c r="B40" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C40" s="36"/>
       <c r="D40" s="37">
-        <v>0.3</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="E40" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="41" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A41" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B41" s="32" t="s">
         <v>78</v>
       </c>
       <c r="C41" s="36"/>
       <c r="D41" s="37">
         <v>0</v>
       </c>
       <c r="E41" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" s="42" t="s">
         <v>96</v>
@@ -2668,51 +2668,51 @@
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A46" s="42" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="36"/>
       <c r="D46" s="37">
         <v>0</v>
       </c>
       <c r="E46" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="47" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A47" s="31" t="s">
         <v>15</v>
       </c>
       <c r="B47" s="34" t="s">
         <v>81</v>
       </c>
       <c r="C47" s="36"/>
       <c r="D47" s="37">
-        <v>0.3</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="E47" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="48" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A48" s="31">
         <v>38</v>
       </c>
       <c r="B48" s="32" t="s">
         <v>52</v>
       </c>
       <c r="C48" s="36"/>
       <c r="D48" s="37">
         <v>0</v>
       </c>
       <c r="E48" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="49" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A49" s="31" t="s">
         <v>53</v>
@@ -2797,88 +2797,88 @@
       <c r="A54" s="31">
         <v>44</v>
       </c>
       <c r="B54" s="32" t="s">
         <v>58</v>
       </c>
       <c r="C54" s="36"/>
       <c r="D54" s="37">
         <v>0</v>
       </c>
       <c r="E54" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="55" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A55" s="41" t="s">
         <v>59</v>
       </c>
       <c r="B55" s="34" t="s">
         <v>16</v>
       </c>
       <c r="C55" s="36"/>
       <c r="D55" s="44">
         <f>SUM(D25:D31,D34:D36,D48,D50,D54)</f>
-        <v>99.999999999999986</v>
+        <v>100</v>
       </c>
       <c r="E55" s="9"/>
     </row>
     <row r="56" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A56" s="41" t="s">
         <v>92</v>
       </c>
       <c r="B56" s="34" t="s">
         <v>86</v>
       </c>
       <c r="C56" s="36"/>
       <c r="D56" s="45">
         <f>IF(D13&gt;0,D13-100,"")</f>
         <v>0</v>
       </c>
       <c r="E56" s="27"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions headings="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="60" fitToHeight="3" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.5" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.6640625" style="5" customWidth="1"/>
     <col min="2" max="2" width="53.83203125" style="5" customWidth="1"/>
     <col min="3" max="3" width="22.6640625" style="5" customWidth="1"/>
     <col min="4" max="4" width="21" style="5" customWidth="1"/>
     <col min="5" max="5" width="28.6640625" style="5" customWidth="1"/>
     <col min="6" max="6" width="18.6640625" style="5" customWidth="1"/>
     <col min="7" max="7" width="22.6640625" style="5" customWidth="1"/>
     <col min="8" max="8" width="30.6640625" style="5" customWidth="1"/>
     <col min="9" max="9" width="75.6640625" style="5" customWidth="1"/>
     <col min="10" max="10" width="45.6640625" style="5" customWidth="1"/>
     <col min="11" max="11" width="30.6640625" style="5" customWidth="1"/>
     <col min="12" max="12" width="65.6640625" style="5" customWidth="1"/>
     <col min="13" max="16384" width="11.5" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="190.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>24</v>
@@ -2898,51 +2898,51 @@
       <c r="H1" s="4" t="s">
         <v>87</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>88</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>89</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>30.12.2025</v>
+        <v>27.02.2026</v>
       </c>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
     </row>
     <row r="3" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C3" s="52" t="str">
         <f>'BVI-Datenblatt'!C3</f>
         <v>GLS Bank Aktienfonds AK B</v>
       </c>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
@@ -3040,424 +3040,424 @@
       </c>
       <c r="C8" s="52" t="str">
         <f>'BVI-Datenblatt'!C8</f>
         <v>Frankfurt am Main</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>76.989999999999995</v>
+        <v>82.41</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="16" t="str">
         <f>'BVI-Datenblatt'!C23</f>
         <v>EUR</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
-    <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A11" s="11">
         <v>1</v>
       </c>
       <c r="B11" s="52" t="s">
         <v>107</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="17" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="52" t="s">
         <v>108</v>
       </c>
       <c r="F11" s="53" t="s">
         <v>109</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="40">
-        <v>2.52</v>
+        <v>5.93</v>
       </c>
       <c r="I11" s="40">
         <v>0</v>
       </c>
       <c r="J11" s="40">
-        <v>2.52</v>
+        <v>0</v>
       </c>
       <c r="K11" s="40">
         <v>0</v>
       </c>
       <c r="L11" s="40">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+        <v>5.93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="11">
         <v>2</v>
       </c>
       <c r="B12" s="52" t="s">
         <v>110</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="17" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="52" t="s">
         <v>111</v>
       </c>
       <c r="F12" s="53" t="s">
         <v>112</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="40">
-        <v>2.13</v>
+        <v>2.57</v>
       </c>
       <c r="I12" s="40">
         <v>0</v>
       </c>
       <c r="J12" s="40">
-        <v>0</v>
+        <v>2.57</v>
       </c>
       <c r="K12" s="40">
         <v>0</v>
       </c>
       <c r="L12" s="40">
-        <v>2.13</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="11">
         <v>3</v>
       </c>
       <c r="B13" s="52" t="s">
         <v>113</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="52" t="s">
         <v>114</v>
       </c>
       <c r="F13" s="53" t="s">
         <v>115</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="40">
-        <v>2.1</v>
+        <v>2.2400000000000002</v>
       </c>
       <c r="I13" s="40">
         <v>0</v>
       </c>
       <c r="J13" s="40">
-        <v>2.1</v>
+        <v>2.2400000000000002</v>
       </c>
       <c r="K13" s="40">
         <v>0</v>
       </c>
       <c r="L13" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="11">
         <v>4</v>
       </c>
       <c r="B14" s="52" t="s">
         <v>116</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="52" t="s">
         <v>117</v>
       </c>
       <c r="F14" s="53" t="s">
         <v>118</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="40">
-        <v>2.08</v>
+        <v>2.15</v>
       </c>
       <c r="I14" s="40">
         <v>0</v>
       </c>
       <c r="J14" s="40">
-        <v>2.08</v>
+        <v>2.15</v>
       </c>
       <c r="K14" s="40">
         <v>0</v>
       </c>
       <c r="L14" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="11">
         <v>5</v>
       </c>
       <c r="B15" s="52" t="s">
         <v>119</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="52" t="s">
         <v>120</v>
       </c>
       <c r="F15" s="53" t="s">
         <v>121</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="40">
-        <v>2.06</v>
+        <v>2.14</v>
       </c>
       <c r="I15" s="40">
         <v>0</v>
       </c>
       <c r="J15" s="40">
-        <v>2.06</v>
+        <v>2.14</v>
       </c>
       <c r="K15" s="40">
         <v>0</v>
       </c>
       <c r="L15" s="40">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="11">
         <v>6</v>
       </c>
       <c r="B16" s="52" t="s">
         <v>122</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="52" t="s">
         <v>123</v>
       </c>
       <c r="F16" s="53" t="s">
         <v>124</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="40">
-        <v>2</v>
+        <v>2.13</v>
       </c>
       <c r="I16" s="40">
         <v>0</v>
       </c>
       <c r="J16" s="40">
-        <v>2</v>
+        <v>2.13</v>
       </c>
       <c r="K16" s="40">
         <v>0</v>
       </c>
       <c r="L16" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="11">
         <v>7</v>
       </c>
       <c r="B17" s="52" t="s">
         <v>125</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E17" s="52" t="s">
         <v>126</v>
       </c>
       <c r="F17" s="53" t="s">
         <v>127</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="40">
-        <v>1.99</v>
+        <v>2.1</v>
       </c>
       <c r="I17" s="40">
         <v>0</v>
       </c>
       <c r="J17" s="40">
-        <v>1.99</v>
+        <v>2.1</v>
       </c>
       <c r="K17" s="40">
         <v>0</v>
       </c>
       <c r="L17" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="11">
         <v>8</v>
       </c>
       <c r="B18" s="52" t="s">
         <v>128</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="52" t="s">
         <v>129</v>
       </c>
       <c r="F18" s="53" t="s">
         <v>130</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="40">
-        <v>1.93</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="I18" s="40">
         <v>0</v>
       </c>
       <c r="J18" s="40">
-        <v>1.93</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="K18" s="40">
         <v>0</v>
       </c>
       <c r="L18" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="11">
         <v>9</v>
       </c>
       <c r="B19" s="52" t="s">
         <v>131</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="52" t="s">
         <v>132</v>
       </c>
       <c r="F19" s="53" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="40">
-        <v>1.93</v>
+        <v>1.97</v>
       </c>
       <c r="I19" s="40">
         <v>0</v>
       </c>
       <c r="J19" s="40">
-        <v>1.93</v>
+        <v>1.97</v>
       </c>
       <c r="K19" s="40">
         <v>0</v>
       </c>
       <c r="L19" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="11">
         <v>10</v>
       </c>
       <c r="B20" s="52" t="s">
         <v>134</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="52" t="s">
         <v>135</v>
       </c>
       <c r="F20" s="53" t="s">
         <v>136</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="40">
-        <v>1.91</v>
+        <v>1.97</v>
       </c>
       <c r="I20" s="40">
         <v>0</v>
       </c>
       <c r="J20" s="40">
-        <v>1.91</v>
+        <v>1.97</v>
       </c>
       <c r="K20" s="40">
         <v>0</v>
       </c>
       <c r="L20" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="54" t="s">
         <v>137</v>
       </c>
       <c r="B22" s="54"/>
       <c r="C22" s="54"/>
       <c r="D22" s="54"/>
       <c r="E22" s="54"/>
       <c r="F22" s="54"/>
       <c r="G22" s="54"/>
       <c r="H22" s="54"/>
       <c r="I22" s="54"/>
       <c r="J22" s="54"/>
       <c r="K22" s="54"/>
       <c r="L22" s="54"/>
     </row>
     <row r="23" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
@@ -3492,63 +3492,63 @@
       <c r="K24" s="54"/>
       <c r="L24" s="54"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A22:L22"/>
     <mergeCell ref="A23:L23"/>
     <mergeCell ref="A24:L24"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="35" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Arbeitsblätter</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Benannte Bereiche</vt:lpstr>
+        <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>BVI-Datenblatt</vt:lpstr>
       <vt:lpstr>BVI-Schuldnerliste</vt:lpstr>
-      <vt:lpstr>'BVI-Datenblatt'!Druckbereich</vt:lpstr>
-      <vt:lpstr>'BVI-Schuldnerliste'!Druckbereich</vt:lpstr>
+      <vt:lpstr>'BVI-Datenblatt'!Print_Area</vt:lpstr>
+      <vt:lpstr>'BVI-Schuldnerliste'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BVI</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vorschlag</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>