--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68dc3de56387448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10ca4a7e49ff447e8f7fc833faae8f62.psmdcp" Id="R45c0ed487d884518" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a66f1abb2cd4610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ce8ea5c09984c4db8ee961430ea1d66.psmdcp" Id="R3bc82f6b2837432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Table 1" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
   <x:si>
     <x:t>00001_EMT_Version</x:t>
   </x:si>
   <x:si>
     <x:t>00002_EMT_Producer_Name</x:t>
   </x:si>
   <x:si>
@@ -296,96 +296,96 @@
   <x:si>
     <x:t>08060_Financial_Instrument_Distribution_Fee_Ex_Post</x:t>
   </x:si>
   <x:si>
     <x:t>08070_Financial_Instrument_Transaction_Costs_Ex_Post</x:t>
   </x:si>
   <x:si>
     <x:t>08080_Financial_Instrument_Incidental_Costs_Ex_Post</x:t>
   </x:si>
   <x:si>
     <x:t>08090_Beginning_Of_Reference_Period</x:t>
   </x:si>
   <x:si>
     <x:t>08100_End_Of_Reference_Period</x:t>
   </x:si>
   <x:si>
     <x:t>08110_Structured_Securities_Reference_Price_Ex_Post</x:t>
   </x:si>
   <x:si>
     <x:t>08120_Structured_Securities_Notional_Reference_Amount</x:t>
   </x:si>
   <x:si>
     <x:t>V4</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-06-16 05:37:26</x:t>
+    <x:t>2026-03-09 01:22:19</x:t>
   </x:si>
   <x:si>
     <x:t>Y</x:t>
   </x:si>
   <x:si>
     <x:t>DE000A2PS2W4</x:t>
   </x:si>
   <x:si>
     <x:t>1</x:t>
   </x:si>
   <x:si>
     <x:t>FV Global Bonds R (C)</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>N</x:t>
   </x:si>
   <x:si>
-    <x:t>2025-05-30</x:t>
+    <x:t>2026-02-27</x:t>
   </x:si>
   <x:si>
     <x:t>U</x:t>
   </x:si>
   <x:si>
     <x:t>Universal-Investment-Gesellschaft mbH</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
     <x:t>13</x:t>
   </x:si>
   <x:si>
     <x:t>Neutral</x:t>
   </x:si>
   <x:si>
     <x:t>M</x:t>
   </x:si>
   <x:si>
-    <x:t>2024-12-31</x:t>
-[...2 lines deleted...]
-    <x:t>2024-01-01</x:t>
+    <x:t>2025-12-31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-01-01</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -1342,78 +1342,78 @@
       <x:c r="BI2" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="BJ2" s="0" t="n">
         <x:v>0.03</x:v>
       </x:c>
       <x:c r="BL2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BM2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BN2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BO2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BP2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BQ2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BS2" s="0" t="n">
-        <x:v>0.0136</x:v>
+        <x:v>0.0139</x:v>
       </x:c>
       <x:c r="BU2" s="0" t="n">
-        <x:v>0.01299252</x:v>
+        <x:v>0.01301321</x:v>
       </x:c>
       <x:c r="BV2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="BW2" s="0" t="n">
-        <x:v>0.001129</x:v>
+        <x:v>0.000966</x:v>
       </x:c>
       <x:c r="BX2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="CA2" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="CF2" s="0" t="n">
-        <x:v>0.0136</x:v>
+        <x:v>0.0139</x:v>
       </x:c>
       <x:c r="CI2" s="0" t="n">
-        <x:v>0.01299252</x:v>
+        <x:v>0.01301321</x:v>
       </x:c>
       <x:c r="CJ2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="CK2" s="0" t="n">
-        <x:v>0.00073</x:v>
+        <x:v>0.001353</x:v>
       </x:c>
       <x:c r="CL2" s="0" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="CM2" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="CN2" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>