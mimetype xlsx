--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945d09c0873a4b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f32097f352ea4be2acbdab1a5dddb8bf.psmdcp" Id="Ra6a704e48eae46bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d54528bf57547f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6608615016c48748af49e834e728a7c.psmdcp" Id="R188330277c434289" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -696,2171 +696,2171 @@
       </x:c>
     </x:row>
     <x:row r="2" spans="1:33">
       <x:c r="A2" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D2" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G2" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I2" s="1">
-        <x:v>45077</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="J2" s="0" t="n">
-        <x:v>1513.3451782112</x:v>
+        <x:v>1513.3291346068</x:v>
       </x:c>
       <x:c r="K2" s="0" t="n">
-        <x:v>-0.8486654822</x:v>
+        <x:v>-0.8486670865</x:v>
       </x:c>
       <x:c r="N2" s="0" t="n">
-        <x:v>980.7701461732</x:v>
+        <x:v>980.900839607</x:v>
       </x:c>
       <x:c r="O2" s="0" t="n">
-        <x:v>-0.2823078817</x:v>
+        <x:v>-0.2822942201</x:v>
       </x:c>
       <x:c r="P2" s="0" t="n">
-        <x:v>8540.6569167224</x:v>
+        <x:v>8662.1093443668</x:v>
       </x:c>
       <x:c r="Q2" s="0" t="n">
-        <x:v>-0.1459343083</x:v>
+        <x:v>-0.1337890656</x:v>
       </x:c>
       <x:c r="T2" s="0" t="n">
-        <x:v>9154.1955439697</x:v>
+        <x:v>9858.950948182</x:v>
       </x:c>
       <x:c r="U2" s="0" t="n">
-        <x:v>-0.0125453272</x:v>
+        <x:v>-0.0020272744</x:v>
       </x:c>
       <x:c r="V2" s="0" t="n">
-        <x:v>10965.3386073235</x:v>
+        <x:v>11120.4972239094</x:v>
       </x:c>
       <x:c r="W2" s="0" t="n">
-        <x:v>0.0965338607</x:v>
+        <x:v>0.1120497224</x:v>
       </x:c>
       <x:c r="Z2" s="0" t="n">
-        <x:v>18659.3785959604</x:v>
+        <x:v>20386.6149982958</x:v>
       </x:c>
       <x:c r="AA2" s="0" t="n">
-        <x:v>0.0931999336</x:v>
+        <x:v>0.1071135348</x:v>
       </x:c>
       <x:c r="AB2" s="0" t="n">
-        <x:v>14233.7172875151</x:v>
+        <x:v>14433.3115522578</x:v>
       </x:c>
       <x:c r="AC2" s="0" t="n">
-        <x:v>0.4233717288</x:v>
+        <x:v>0.4433311552</x:v>
       </x:c>
       <x:c r="AF2" s="0" t="n">
-        <x:v>22609.0296573186</x:v>
+        <x:v>24930.2564503406</x:v>
       </x:c>
       <x:c r="AG2" s="0" t="n">
-        <x:v>0.1235999297</x:v>
+        <x:v>0.1393974664</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:33">
       <x:c r="A3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I3" s="1">
-        <x:v>45107</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
-        <x:v>1513.3664194287</x:v>
+        <x:v>1514.2048187858</x:v>
       </x:c>
       <x:c r="K3" s="0" t="n">
-        <x:v>-0.8486633581</x:v>
+        <x:v>-0.8485795181</x:v>
       </x:c>
       <x:c r="N3" s="0" t="n">
-        <x:v>980.907473304</x:v>
+        <x:v>981.0028647102</x:v>
       </x:c>
       <x:c r="O3" s="0" t="n">
-        <x:v>-0.2822935267</x:v>
+        <x:v>-0.2822835563</x:v>
       </x:c>
       <x:c r="P3" s="0" t="n">
         <x:v>8662.1093443668</x:v>
       </x:c>
       <x:c r="Q3" s="0" t="n">
         <x:v>-0.1337890656</x:v>
       </x:c>
       <x:c r="T3" s="0" t="n">
-        <x:v>9654.2802201945</x:v>
+        <x:v>9657.1764803216</x:v>
       </x:c>
       <x:c r="U3" s="0" t="n">
-        <x:v>-0.0050136367</x:v>
+        <x:v>-0.0049710002</x:v>
       </x:c>
       <x:c r="V3" s="0" t="n">
-        <x:v>11126.4981912807</x:v>
+        <x:v>11120.4972239094</x:v>
       </x:c>
       <x:c r="W3" s="0" t="n">
-        <x:v>0.1126498191</x:v>
+        <x:v>0.1120497224</x:v>
       </x:c>
       <x:c r="Z3" s="0" t="n">
-        <x:v>20436.3287311375</x:v>
+        <x:v>20326.4822239355</x:v>
       </x:c>
       <x:c r="AA3" s="0" t="n">
-        <x:v>0.1074988108</x:v>
+        <x:v>0.1066464348</x:v>
       </x:c>
       <x:c r="AB3" s="0" t="n">
         <x:v>14433.3115522578</x:v>
       </x:c>
       <x:c r="AC3" s="0" t="n">
         <x:v>0.4433311552</x:v>
       </x:c>
       <x:c r="AF3" s="0" t="n">
         <x:v>24930.2564503406</x:v>
       </x:c>
       <x:c r="AG3" s="0" t="n">
         <x:v>0.1393974664</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:33">
       <x:c r="A4" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I4" s="1">
-        <x:v>45138</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
-        <x:v>1513.3291346068</x:v>
+        <x:v>1514.8622635293</x:v>
       </x:c>
       <x:c r="K4" s="0" t="n">
-        <x:v>-0.8486670865</x:v>
+        <x:v>-0.8485137736</x:v>
       </x:c>
       <x:c r="N4" s="0" t="n">
-        <x:v>980.900839607</x:v>
+        <x:v>981.0859796302</x:v>
       </x:c>
       <x:c r="O4" s="0" t="n">
-        <x:v>-0.2822942201</x:v>
+        <x:v>-0.2822748698</x:v>
       </x:c>
       <x:c r="P4" s="0" t="n">
         <x:v>8662.1093443668</x:v>
       </x:c>
       <x:c r="Q4" s="0" t="n">
         <x:v>-0.1337890656</x:v>
       </x:c>
       <x:c r="T4" s="0" t="n">
-        <x:v>9858.950948182</x:v>
+        <x:v>9479.5377138131</x:v>
       </x:c>
       <x:c r="U4" s="0" t="n">
-        <x:v>-0.0020272744</x:v>
+        <x:v>-0.0076065714</x:v>
       </x:c>
       <x:c r="V4" s="0" t="n">
-        <x:v>11120.4972239094</x:v>
+        <x:v>11102.6351946345</x:v>
       </x:c>
       <x:c r="W4" s="0" t="n">
-        <x:v>0.1120497224</x:v>
+        <x:v>0.1102635195</x:v>
       </x:c>
       <x:c r="Z4" s="0" t="n">
-        <x:v>20386.6149982958</x:v>
+        <x:v>20063.652404</x:v>
       </x:c>
       <x:c r="AA4" s="0" t="n">
-        <x:v>0.1071135348</x:v>
+        <x:v>0.1045908157</x:v>
       </x:c>
       <x:c r="AB4" s="0" t="n">
         <x:v>14433.3115522578</x:v>
       </x:c>
       <x:c r="AC4" s="0" t="n">
         <x:v>0.4433311552</x:v>
       </x:c>
       <x:c r="AF4" s="0" t="n">
         <x:v>24930.2564503406</x:v>
       </x:c>
       <x:c r="AG4" s="0" t="n">
         <x:v>0.1393974664</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:33">
       <x:c r="A5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I5" s="1">
-        <x:v>45169</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
-        <x:v>1514.2048187858</x:v>
+        <x:v>1513.9465494927</x:v>
       </x:c>
       <x:c r="K5" s="0" t="n">
-        <x:v>-0.8485795181</x:v>
+        <x:v>-0.8486053451</x:v>
       </x:c>
       <x:c r="N5" s="0" t="n">
-        <x:v>981.0028647102</x:v>
+        <x:v>981.0111936113</x:v>
       </x:c>
       <x:c r="O5" s="0" t="n">
-        <x:v>-0.2822835563</x:v>
+        <x:v>-0.2822826858</x:v>
       </x:c>
       <x:c r="P5" s="0" t="n">
         <x:v>8662.1093443668</x:v>
       </x:c>
       <x:c r="Q5" s="0" t="n">
         <x:v>-0.1337890656</x:v>
       </x:c>
       <x:c r="T5" s="0" t="n">
-        <x:v>9657.1764803216</x:v>
+        <x:v>9141.6378988577</x:v>
       </x:c>
       <x:c r="U5" s="0" t="n">
-        <x:v>-0.0049710002</x:v>
+        <x:v>-0.0127389527</x:v>
       </x:c>
       <x:c r="V5" s="0" t="n">
-        <x:v>11120.4972239094</x:v>
+        <x:v>11088.9287927534</x:v>
       </x:c>
       <x:c r="W5" s="0" t="n">
-        <x:v>0.1120497224</x:v>
+        <x:v>0.1088928793</x:v>
       </x:c>
       <x:c r="Z5" s="0" t="n">
-        <x:v>20326.4822239355</x:v>
+        <x:v>20061.2876948461</x:v>
       </x:c>
       <x:c r="AA5" s="0" t="n">
-        <x:v>0.1066464348</x:v>
+        <x:v>0.1045722165</x:v>
       </x:c>
       <x:c r="AB5" s="0" t="n">
         <x:v>14433.3115522578</x:v>
       </x:c>
       <x:c r="AC5" s="0" t="n">
         <x:v>0.4433311552</x:v>
       </x:c>
       <x:c r="AF5" s="0" t="n">
-        <x:v>24930.2564503406</x:v>
+        <x:v>22737.3908131277</x:v>
       </x:c>
       <x:c r="AG5" s="0" t="n">
-        <x:v>0.1393974664</x:v>
+        <x:v>0.1245090285</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:33">
       <x:c r="A6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I6" s="1">
-        <x:v>45198</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
-        <x:v>1514.8622635293</x:v>
+        <x:v>1513.260598248</x:v>
       </x:c>
       <x:c r="K6" s="0" t="n">
-        <x:v>-0.8485137736</x:v>
+        <x:v>-0.8486739402</x:v>
       </x:c>
       <x:c r="N6" s="0" t="n">
-        <x:v>981.0859796302</x:v>
+        <x:v>980.927201914</x:v>
       </x:c>
       <x:c r="O6" s="0" t="n">
-        <x:v>-0.2822748698</x:v>
+        <x:v>-0.2822914646</x:v>
       </x:c>
       <x:c r="P6" s="0" t="n">
         <x:v>8662.1093443668</x:v>
       </x:c>
       <x:c r="Q6" s="0" t="n">
         <x:v>-0.1337890656</x:v>
       </x:c>
       <x:c r="T6" s="0" t="n">
-        <x:v>9479.5377138131</x:v>
+        <x:v>9725.7218401872</x:v>
       </x:c>
       <x:c r="U6" s="0" t="n">
-        <x:v>-0.0076065714</x:v>
+        <x:v>-0.0039651154</x:v>
       </x:c>
       <x:c r="V6" s="0" t="n">
-        <x:v>11102.6351946345</x:v>
+        <x:v>11082.3916020408</x:v>
       </x:c>
       <x:c r="W6" s="0" t="n">
-        <x:v>0.1102635195</x:v>
+        <x:v>0.1082391602</x:v>
       </x:c>
       <x:c r="Z6" s="0" t="n">
-        <x:v>20063.652404</x:v>
+        <x:v>19813.656088078</x:v>
       </x:c>
       <x:c r="AA6" s="0" t="n">
-        <x:v>0.1045908157</x:v>
+        <x:v>0.1026140375</x:v>
       </x:c>
       <x:c r="AB6" s="0" t="n">
         <x:v>14433.3115522578</x:v>
       </x:c>
       <x:c r="AC6" s="0" t="n">
         <x:v>0.4433311552</x:v>
       </x:c>
       <x:c r="AF6" s="0" t="n">
-        <x:v>24930.2564503406</x:v>
+        <x:v>22737.3908131277</x:v>
       </x:c>
       <x:c r="AG6" s="0" t="n">
-        <x:v>0.1393974664</x:v>
+        <x:v>0.1245090285</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:33">
       <x:c r="A7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I7" s="1">
-        <x:v>45230</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
-        <x:v>1513.9465494927</x:v>
+        <x:v>1435.6828280943</x:v>
       </x:c>
       <x:c r="K7" s="0" t="n">
-        <x:v>-0.8486053451</x:v>
+        <x:v>-0.8564317172</x:v>
       </x:c>
       <x:c r="N7" s="0" t="n">
-        <x:v>981.0111936113</x:v>
+        <x:v>931.666296538</x:v>
       </x:c>
       <x:c r="O7" s="0" t="n">
-        <x:v>-0.2822826858</x:v>
+        <x:v>-0.2875547692</x:v>
       </x:c>
       <x:c r="P7" s="0" t="n">
-        <x:v>8662.1093443668</x:v>
+        <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q7" s="0" t="n">
-        <x:v>-0.1337890656</x:v>
+        <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T7" s="0" t="n">
-        <x:v>9141.6378988577</x:v>
+        <x:v>9571.4464340723</x:v>
       </x:c>
       <x:c r="U7" s="0" t="n">
-        <x:v>-0.0127389527</x:v>
+        <x:v>-0.0062377151</x:v>
       </x:c>
       <x:c r="V7" s="0" t="n">
-        <x:v>11088.9287927534</x:v>
+        <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W7" s="0" t="n">
-        <x:v>0.1088928793</x:v>
+        <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z7" s="0" t="n">
-        <x:v>20061.2876948461</x:v>
+        <x:v>18821.2064799371</x:v>
       </x:c>
       <x:c r="AA7" s="0" t="n">
-        <x:v>0.1045722165</x:v>
+        <x:v>0.0945493599</x:v>
       </x:c>
       <x:c r="AB7" s="0" t="n">
-        <x:v>14433.3115522578</x:v>
+        <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC7" s="0" t="n">
-        <x:v>0.4433311552</x:v>
+        <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF7" s="0" t="n">
-        <x:v>22737.3908131277</x:v>
+        <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG7" s="0" t="n">
-        <x:v>0.1245090285</x:v>
+        <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:33">
       <x:c r="A8" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I8" s="1">
-        <x:v>45260</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
-        <x:v>1513.260598248</x:v>
+        <x:v>1435.0770679248</x:v>
       </x:c>
       <x:c r="K8" s="0" t="n">
-        <x:v>-0.8486739402</x:v>
+        <x:v>-0.8564922932</x:v>
       </x:c>
       <x:c r="N8" s="0" t="n">
-        <x:v>980.927201914</x:v>
+        <x:v>931.6039640039</x:v>
       </x:c>
       <x:c r="O8" s="0" t="n">
-        <x:v>-0.2822914646</x:v>
+        <x:v>-0.2875615788</x:v>
       </x:c>
       <x:c r="P8" s="0" t="n">
-        <x:v>8662.1093443668</x:v>
+        <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q8" s="0" t="n">
-        <x:v>-0.1337890656</x:v>
+        <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T8" s="0" t="n">
-        <x:v>9725.7218401872</x:v>
+        <x:v>9865.8536967457</x:v>
       </x:c>
       <x:c r="U8" s="0" t="n">
-        <x:v>-0.0039651154</x:v>
+        <x:v>-0.0019274856</x:v>
       </x:c>
       <x:c r="V8" s="0" t="n">
-        <x:v>11082.3916020408</x:v>
+        <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W8" s="0" t="n">
-        <x:v>0.1082391602</x:v>
+        <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z8" s="0" t="n">
-        <x:v>19813.656088078</x:v>
+        <x:v>18783.4461054374</x:v>
       </x:c>
       <x:c r="AA8" s="0" t="n">
-        <x:v>0.1026140375</x:v>
+        <x:v>0.0942353814</x:v>
       </x:c>
       <x:c r="AB8" s="0" t="n">
-        <x:v>14433.3115522578</x:v>
+        <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC8" s="0" t="n">
-        <x:v>0.4433311552</x:v>
+        <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF8" s="0" t="n">
-        <x:v>22737.3908131277</x:v>
+        <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG8" s="0" t="n">
-        <x:v>0.1245090285</x:v>
+        <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:33">
       <x:c r="A9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I9" s="1">
-        <x:v>45289</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
-        <x:v>1435.6828280943</x:v>
+        <x:v>1435.3792742464</x:v>
       </x:c>
       <x:c r="K9" s="0" t="n">
-        <x:v>-0.8564317172</x:v>
+        <x:v>-0.8564620726</x:v>
       </x:c>
       <x:c r="N9" s="0" t="n">
-        <x:v>931.666296538</x:v>
+        <x:v>931.6395350162</x:v>
       </x:c>
       <x:c r="O9" s="0" t="n">
-        <x:v>-0.2875547692</x:v>
+        <x:v>-0.2875576928</x:v>
       </x:c>
       <x:c r="P9" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q9" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T9" s="0" t="n">
-        <x:v>9571.4464340723</x:v>
+        <x:v>10304.2545481795</x:v>
       </x:c>
       <x:c r="U9" s="0" t="n">
-        <x:v>-0.0062377151</x:v>
+        <x:v>0.0042908623</x:v>
       </x:c>
       <x:c r="V9" s="0" t="n">
-        <x:v>10528.2720219387</x:v>
+        <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W9" s="0" t="n">
-        <x:v>0.0528272022</x:v>
+        <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z9" s="0" t="n">
-        <x:v>18821.2064799371</x:v>
+        <x:v>18730.3908440525</x:v>
       </x:c>
       <x:c r="AA9" s="0" t="n">
-        <x:v>0.0945493599</x:v>
+        <x:v>0.0937933102</x:v>
       </x:c>
       <x:c r="AB9" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC9" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF9" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG9" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:33">
       <x:c r="A10" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I10" s="1">
-        <x:v>45322</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>1435.0770679248</x:v>
+        <x:v>1435.3124032874</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>-0.8564922932</x:v>
+        <x:v>-0.8564687597</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>931.6039640039</x:v>
+        <x:v>931.6270387704</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>-0.2875615788</x:v>
+        <x:v>-0.2875590579</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T10" s="0" t="n">
-        <x:v>9865.8536967457</x:v>
+        <x:v>10622.5078804972</x:v>
       </x:c>
       <x:c r="U10" s="0" t="n">
-        <x:v>-0.0019274856</x:v>
+        <x:v>0.0086644699</x:v>
       </x:c>
       <x:c r="V10" s="0" t="n">
-        <x:v>10528.2720219387</x:v>
+        <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W10" s="0" t="n">
-        <x:v>0.0528272022</x:v>
+        <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z10" s="0" t="n">
-        <x:v>18783.4461054374</x:v>
+        <x:v>18624.9255935567</x:v>
       </x:c>
       <x:c r="AA10" s="0" t="n">
-        <x:v>0.0942353814</x:v>
+        <x:v>0.0929113475</x:v>
       </x:c>
       <x:c r="AB10" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC10" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF10" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG10" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:33">
       <x:c r="A11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I11" s="1">
-        <x:v>45351</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>1435.3792742464</x:v>
+        <x:v>1436.439964498</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
-        <x:v>-0.8564620726</x:v>
+        <x:v>-0.8563560036</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
-        <x:v>931.6395350162</x:v>
+        <x:v>931.7718613242</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
-        <x:v>-0.2875576928</x:v>
+        <x:v>-0.2875432376</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T11" s="0" t="n">
-        <x:v>10304.2545481795</x:v>
+        <x:v>10312.5089348276</x:v>
       </x:c>
       <x:c r="U11" s="0" t="n">
-        <x:v>0.0042908623</x:v>
+        <x:v>0.0044057519</x:v>
       </x:c>
       <x:c r="V11" s="0" t="n">
         <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W11" s="0" t="n">
         <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z11" s="0" t="n">
-        <x:v>18730.3908440525</x:v>
+        <x:v>18622.3434799952</x:v>
       </x:c>
       <x:c r="AA11" s="0" t="n">
-        <x:v>0.0937933102</x:v>
+        <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB11" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC11" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF11" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG11" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:33">
       <x:c r="A12" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I12" s="1">
-        <x:v>45379</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
-        <x:v>1435.3124032874</x:v>
+        <x:v>1435.2508430273</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
-        <x:v>-0.8564687597</x:v>
+        <x:v>-0.8564749157</x:v>
       </x:c>
       <x:c r="N12" s="0" t="n">
-        <x:v>931.6270387704</x:v>
+        <x:v>931.6236871008</x:v>
       </x:c>
       <x:c r="O12" s="0" t="n">
-        <x:v>-0.2875590579</x:v>
+        <x:v>-0.2875594241</x:v>
       </x:c>
       <x:c r="P12" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T12" s="0" t="n">
-        <x:v>10622.5078804972</x:v>
+        <x:v>10632.5965817923</x:v>
       </x:c>
       <x:c r="U12" s="0" t="n">
-        <x:v>0.0086644699</x:v>
+        <x:v>0.0088012681</x:v>
       </x:c>
       <x:c r="V12" s="0" t="n">
         <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W12" s="0" t="n">
         <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z12" s="0" t="n">
-        <x:v>18624.9255935567</x:v>
+        <x:v>18622.3434799953</x:v>
       </x:c>
       <x:c r="AA12" s="0" t="n">
-        <x:v>0.0929113475</x:v>
+        <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB12" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC12" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF12" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG12" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:33">
       <x:c r="A13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I13" s="1">
-        <x:v>45412</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>1436.439964498</x:v>
+        <x:v>1434.9510359499</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
-        <x:v>-0.8563560036</x:v>
+        <x:v>-0.8565048964</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
-        <x:v>931.7718613242</x:v>
+        <x:v>931.594126779</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
-        <x:v>-0.2875432376</x:v>
+        <x:v>-0.2875626535</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T13" s="0" t="n">
-        <x:v>10312.5089348276</x:v>
+        <x:v>10999.4592160404</x:v>
       </x:c>
       <x:c r="U13" s="0" t="n">
-        <x:v>0.0044057519</x:v>
+        <x:v>0.0137017367</x:v>
       </x:c>
       <x:c r="V13" s="0" t="n">
         <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W13" s="0" t="n">
         <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z13" s="0" t="n">
-        <x:v>18622.3434799952</x:v>
+        <x:v>18622.3434799953</x:v>
       </x:c>
       <x:c r="AA13" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB13" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC13" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF13" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG13" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:33">
       <x:c r="A14" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I14" s="1">
-        <x:v>45443</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
-        <x:v>1435.2508430273</x:v>
+        <x:v>1435.6646255135</x:v>
       </x:c>
       <x:c r="K14" s="0" t="n">
-        <x:v>-0.8564749157</x:v>
+        <x:v>-0.8564335374</x:v>
       </x:c>
       <x:c r="N14" s="0" t="n">
-        <x:v>931.6236871008</x:v>
+        <x:v>931.6663476711</x:v>
       </x:c>
       <x:c r="O14" s="0" t="n">
-        <x:v>-0.2875594241</x:v>
+        <x:v>-0.2875547637</x:v>
       </x:c>
       <x:c r="P14" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T14" s="0" t="n">
-        <x:v>10632.5965817923</x:v>
+        <x:v>10987.536168801</x:v>
       </x:c>
       <x:c r="U14" s="0" t="n">
-        <x:v>0.0088012681</x:v>
+        <x:v>0.0135446896</x:v>
       </x:c>
       <x:c r="V14" s="0" t="n">
         <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W14" s="0" t="n">
         <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z14" s="0" t="n">
         <x:v>18622.3434799953</x:v>
       </x:c>
       <x:c r="AA14" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB14" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC14" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF14" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG14" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:33">
       <x:c r="A15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D15" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G15" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I15" s="1">
-        <x:v>45471</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="J15" s="0" t="n">
-        <x:v>1434.9510359499</x:v>
+        <x:v>1435.4447990512</x:v>
       </x:c>
       <x:c r="K15" s="0" t="n">
-        <x:v>-0.8565048964</x:v>
+        <x:v>-0.8564555201</x:v>
       </x:c>
       <x:c r="N15" s="0" t="n">
-        <x:v>931.594126779</x:v>
+        <x:v>931.6076178658</x:v>
       </x:c>
       <x:c r="O15" s="0" t="n">
-        <x:v>-0.2875626535</x:v>
+        <x:v>-0.2875611796</x:v>
       </x:c>
       <x:c r="P15" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q15" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T15" s="0" t="n">
-        <x:v>10999.4592160404</x:v>
+        <x:v>10993.9562525009</x:v>
       </x:c>
       <x:c r="U15" s="0" t="n">
-        <x:v>0.0137017367</x:v>
+        <x:v>0.0136292713</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
         <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W15" s="0" t="n">
         <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z15" s="0" t="n">
-        <x:v>18622.3434799953</x:v>
+        <x:v>18622.3434799952</x:v>
       </x:c>
       <x:c r="AA15" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB15" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC15" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF15" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG15" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:33">
       <x:c r="A16" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D16" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G16" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H16" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I16" s="1">
-        <x:v>45504</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="J16" s="0" t="n">
-        <x:v>1435.6646255135</x:v>
+        <x:v>1436.3863989381</x:v>
       </x:c>
       <x:c r="K16" s="0" t="n">
-        <x:v>-0.8564335374</x:v>
+        <x:v>-0.8563613601</x:v>
       </x:c>
       <x:c r="N16" s="0" t="n">
-        <x:v>931.6663476711</x:v>
+        <x:v>931.7077028219</x:v>
       </x:c>
       <x:c r="O16" s="0" t="n">
-        <x:v>-0.2875547637</x:v>
+        <x:v>-0.287550246</x:v>
       </x:c>
       <x:c r="P16" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q16" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T16" s="0" t="n">
-        <x:v>10987.536168801</x:v>
+        <x:v>11073.7488671225</x:v>
       </x:c>
       <x:c r="U16" s="0" t="n">
-        <x:v>0.0135446896</x:v>
+        <x:v>0.0146769856</x:v>
       </x:c>
       <x:c r="V16" s="0" t="n">
         <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W16" s="0" t="n">
         <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z16" s="0" t="n">
-        <x:v>18622.3434799953</x:v>
+        <x:v>18622.3434799952</x:v>
       </x:c>
       <x:c r="AA16" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB16" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC16" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF16" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG16" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:33">
       <x:c r="A17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D17" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G17" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I17" s="1">
-        <x:v>45534</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="J17" s="0" t="n">
-        <x:v>1435.4447990512</x:v>
+        <x:v>1436.2913133142</x:v>
       </x:c>
       <x:c r="K17" s="0" t="n">
-        <x:v>-0.8564555201</x:v>
+        <x:v>-0.8563708687</x:v>
       </x:c>
       <x:c r="N17" s="0" t="n">
-        <x:v>931.6076178658</x:v>
+        <x:v>931.6993642703</x:v>
       </x:c>
       <x:c r="O17" s="0" t="n">
-        <x:v>-0.2875611796</x:v>
+        <x:v>-0.2875511569</x:v>
       </x:c>
       <x:c r="P17" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q17" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T17" s="0" t="n">
-        <x:v>10993.9562525009</x:v>
+        <x:v>11131.5297202457</x:v>
       </x:c>
       <x:c r="U17" s="0" t="n">
-        <x:v>0.0136292713</x:v>
+        <x:v>0.0154316432</x:v>
       </x:c>
       <x:c r="V17" s="0" t="n">
-        <x:v>10534.4823531158</x:v>
+        <x:v>10547.5034349028</x:v>
       </x:c>
       <x:c r="W17" s="0" t="n">
-        <x:v>0.0534482353</x:v>
+        <x:v>0.0547503435</x:v>
       </x:c>
       <x:c r="Z17" s="0" t="n">
-        <x:v>18622.3434799952</x:v>
+        <x:v>18622.3434799953</x:v>
       </x:c>
       <x:c r="AA17" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB17" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC17" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF17" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG17" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:33">
       <x:c r="A18" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D18" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G18" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H18" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I18" s="1">
-        <x:v>45565</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="J18" s="0" t="n">
-        <x:v>1436.3863989381</x:v>
+        <x:v>1437.2864257058</x:v>
       </x:c>
       <x:c r="K18" s="0" t="n">
-        <x:v>-0.8563613601</x:v>
+        <x:v>-0.8562713574</x:v>
       </x:c>
       <x:c r="N18" s="0" t="n">
-        <x:v>931.7077028219</x:v>
+        <x:v>931.8230308493</x:v>
       </x:c>
       <x:c r="O18" s="0" t="n">
-        <x:v>-0.287550246</x:v>
+        <x:v>-0.2875376484</x:v>
       </x:c>
       <x:c r="P18" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q18" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T18" s="0" t="n">
-        <x:v>11073.7488671225</x:v>
+        <x:v>11813.8942214892</x:v>
       </x:c>
       <x:c r="U18" s="0" t="n">
-        <x:v>0.0146769856</x:v>
+        <x:v>0.024098826</x:v>
       </x:c>
       <x:c r="V18" s="0" t="n">
-        <x:v>10534.4823531158</x:v>
+        <x:v>10547.5034349028</x:v>
       </x:c>
       <x:c r="W18" s="0" t="n">
-        <x:v>0.0534482353</x:v>
+        <x:v>0.0547503435</x:v>
       </x:c>
       <x:c r="Z18" s="0" t="n">
         <x:v>18622.3434799952</x:v>
       </x:c>
       <x:c r="AA18" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB18" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC18" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF18" s="0" t="n">
         <x:v>21600.5212724713</x:v>
       </x:c>
       <x:c r="AG18" s="0" t="n">
         <x:v>0.116299177</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:33">
       <x:c r="A19" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D19" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G19" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I19" s="1">
-        <x:v>45596</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="J19" s="0" t="n">
-        <x:v>1436.2913133142</x:v>
+        <x:v>1437.5827197391</x:v>
       </x:c>
       <x:c r="K19" s="0" t="n">
-        <x:v>-0.8563708687</x:v>
+        <x:v>-0.856241728</x:v>
       </x:c>
       <x:c r="N19" s="0" t="n">
-        <x:v>931.6993642703</x:v>
+        <x:v>2423.7481833439</x:v>
       </x:c>
       <x:c r="O19" s="0" t="n">
-        <x:v>-0.2875511569</x:v>
+        <x:v>-0.1832866731</x:v>
       </x:c>
       <x:c r="P19" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q19" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T19" s="0" t="n">
-        <x:v>11131.5297202457</x:v>
+        <x:v>11646.5119262674</x:v>
       </x:c>
       <x:c r="U19" s="0" t="n">
-        <x:v>0.0154316432</x:v>
+        <x:v>0.0220133144</x:v>
       </x:c>
       <x:c r="V19" s="0" t="n">
-        <x:v>10547.5034349028</x:v>
+        <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W19" s="0" t="n">
-        <x:v>0.0547503435</x:v>
+        <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z19" s="0" t="n">
         <x:v>18622.3434799953</x:v>
       </x:c>
       <x:c r="AA19" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB19" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC19" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF19" s="0" t="n">
-        <x:v>21600.5212724713</x:v>
+        <x:v>21218.3962975594</x:v>
       </x:c>
       <x:c r="AG19" s="0" t="n">
-        <x:v>0.116299177</x:v>
+        <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:33">
       <x:c r="A20" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D20" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G20" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H20" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I20" s="1">
-        <x:v>45625</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="J20" s="0" t="n">
-        <x:v>1437.2864257058</x:v>
+        <x:v>1437.4479397988</x:v>
       </x:c>
       <x:c r="K20" s="0" t="n">
-        <x:v>-0.8562713574</x:v>
+        <x:v>-0.856255206</x:v>
       </x:c>
       <x:c r="N20" s="0" t="n">
-        <x:v>931.8230308493</x:v>
+        <x:v>3243.2949415132</x:v>
       </x:c>
       <x:c r="O20" s="0" t="n">
-        <x:v>-0.2875376484</x:v>
+        <x:v>-0.1485857381</x:v>
       </x:c>
       <x:c r="P20" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q20" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T20" s="0" t="n">
-        <x:v>11813.8942214892</x:v>
+        <x:v>11797.9453723034</x:v>
       </x:c>
       <x:c r="U20" s="0" t="n">
-        <x:v>0.024098826</x:v>
+        <x:v>0.0239012057</x:v>
       </x:c>
       <x:c r="V20" s="0" t="n">
         <x:v>10547.5034349028</x:v>
       </x:c>
       <x:c r="W20" s="0" t="n">
         <x:v>0.0547503435</x:v>
       </x:c>
       <x:c r="Z20" s="0" t="n">
-        <x:v>18622.3434799952</x:v>
+        <x:v>18622.3434799953</x:v>
       </x:c>
       <x:c r="AA20" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB20" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC20" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF20" s="0" t="n">
-        <x:v>21600.5212724713</x:v>
+        <x:v>21218.3962975594</x:v>
       </x:c>
       <x:c r="AG20" s="0" t="n">
-        <x:v>0.116299177</x:v>
+        <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:33">
       <x:c r="A21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="1">
-        <x:v>45656</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
-        <x:v>1437.5827197391</x:v>
+        <x:v>2868.1946320762</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
-        <x:v>-0.856241728</x:v>
+        <x:v>-0.7131805368</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
-        <x:v>2423.7481833439</x:v>
+        <x:v>3358.4977590961</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
-        <x:v>-0.1832866731</x:v>
+        <x:v>-0.1443297404</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
-        <x:v>11646.5119262674</x:v>
+        <x:v>11220.1929343308</x:v>
       </x:c>
       <x:c r="U21" s="0" t="n">
-        <x:v>0.0220133144</x:v>
+        <x:v>0.0165831421</x:v>
       </x:c>
       <x:c r="V21" s="0" t="n">
-        <x:v>10534.4823531158</x:v>
+        <x:v>10547.5034349028</x:v>
       </x:c>
       <x:c r="W21" s="0" t="n">
-        <x:v>0.0534482353</x:v>
+        <x:v>0.0547503435</x:v>
       </x:c>
       <x:c r="Z21" s="0" t="n">
         <x:v>18622.3434799953</x:v>
       </x:c>
       <x:c r="AA21" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB21" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC21" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF21" s="0" t="n">
         <x:v>21218.3962975594</x:v>
       </x:c>
       <x:c r="AG21" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:33">
       <x:c r="A22" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C22" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D22" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G22" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H22" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I22" s="1">
-        <x:v>45688</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="J22" s="0" t="n">
-        <x:v>1437.4479397988</x:v>
+        <x:v>5286.6556402785</x:v>
       </x:c>
       <x:c r="K22" s="0" t="n">
-        <x:v>-0.856255206</x:v>
+        <x:v>-0.471334436</x:v>
       </x:c>
       <x:c r="N22" s="0" t="n">
-        <x:v>3243.2949415132</x:v>
+        <x:v>3590.9667091117</x:v>
       </x:c>
       <x:c r="O22" s="0" t="n">
-        <x:v>-0.1485857381</x:v>
+        <x:v>-0.1361093603</x:v>
       </x:c>
       <x:c r="P22" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q22" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T22" s="0" t="n">
-        <x:v>11797.9453723034</x:v>
+        <x:v>10211.4990137623</x:v>
       </x:c>
       <x:c r="U22" s="0" t="n">
-        <x:v>0.0239012057</x:v>
+        <x:v>0.0029943809</x:v>
       </x:c>
       <x:c r="V22" s="0" t="n">
-        <x:v>10547.5034349028</x:v>
+        <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W22" s="0" t="n">
-        <x:v>0.0547503435</x:v>
+        <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z22" s="0" t="n">
         <x:v>18622.3434799953</x:v>
       </x:c>
       <x:c r="AA22" s="0" t="n">
         <x:v>0.0928897008</x:v>
       </x:c>
       <x:c r="AB22" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC22" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF22" s="0" t="n">
         <x:v>21218.3962975594</x:v>
       </x:c>
       <x:c r="AG22" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:33">
       <x:c r="A23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D23" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G23" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I23" s="1">
-        <x:v>45716</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="J23" s="0" t="n">
-        <x:v>2868.1946320762</x:v>
+        <x:v>4617.2384206582</x:v>
       </x:c>
       <x:c r="K23" s="0" t="n">
-        <x:v>-0.7131805368</x:v>
+        <x:v>-0.5382761579</x:v>
       </x:c>
       <x:c r="N23" s="0" t="n">
-        <x:v>3358.4977590961</x:v>
+        <x:v>3589.9085779328</x:v>
       </x:c>
       <x:c r="O23" s="0" t="n">
-        <x:v>-0.1443297404</x:v>
+        <x:v>-0.1361457304</x:v>
       </x:c>
       <x:c r="P23" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q23" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T23" s="0" t="n">
-        <x:v>11220.1929343308</x:v>
+        <x:v>9922.7934437088</x:v>
       </x:c>
       <x:c r="U23" s="0" t="n">
-        <x:v>0.0165831421</x:v>
+        <x:v>-0.0011066178</x:v>
       </x:c>
       <x:c r="V23" s="0" t="n">
-        <x:v>10547.5034349028</x:v>
+        <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W23" s="0" t="n">
-        <x:v>0.0547503435</x:v>
+        <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z23" s="0" t="n">
-        <x:v>18622.3434799953</x:v>
+        <x:v>18624.9255935567</x:v>
       </x:c>
       <x:c r="AA23" s="0" t="n">
-        <x:v>0.0928897008</x:v>
+        <x:v>0.0929113475</x:v>
       </x:c>
       <x:c r="AB23" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC23" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF23" s="0" t="n">
-        <x:v>21218.3962975594</x:v>
+        <x:v>21218.3962975593</x:v>
       </x:c>
       <x:c r="AG23" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:33">
       <x:c r="A24" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D24" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G24" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H24" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I24" s="1">
-        <x:v>45747</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="J24" s="0" t="n">
-        <x:v>5286.6556402785</x:v>
+        <x:v>4612.8361286349</x:v>
       </x:c>
       <x:c r="K24" s="0" t="n">
-        <x:v>-0.471334436</x:v>
+        <x:v>-0.5387163871</x:v>
       </x:c>
       <x:c r="N24" s="0" t="n">
-        <x:v>3590.9667091117</x:v>
+        <x:v>3408.800857497</x:v>
       </x:c>
       <x:c r="O24" s="0" t="n">
-        <x:v>-0.1361093603</x:v>
+        <x:v>-0.1425105127</x:v>
       </x:c>
       <x:c r="P24" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q24" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T24" s="0" t="n">
-        <x:v>10211.4990137623</x:v>
+        <x:v>10416.8831444024</x:v>
       </x:c>
       <x:c r="U24" s="0" t="n">
-        <x:v>0.0029943809</x:v>
+        <x:v>0.0058517372</x:v>
       </x:c>
       <x:c r="V24" s="0" t="n">
         <x:v>10534.4823531158</x:v>
       </x:c>
       <x:c r="W24" s="0" t="n">
         <x:v>0.0534482353</x:v>
       </x:c>
       <x:c r="Z24" s="0" t="n">
-        <x:v>18622.3434799953</x:v>
+        <x:v>18640.246644238</x:v>
       </x:c>
       <x:c r="AA24" s="0" t="n">
-        <x:v>0.0928897008</x:v>
+        <x:v>0.0930397366</x:v>
       </x:c>
       <x:c r="AB24" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC24" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF24" s="0" t="n">
         <x:v>21218.3962975594</x:v>
       </x:c>
       <x:c r="AG24" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:33">
       <x:c r="A25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D25" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G25" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I25" s="1">
-        <x:v>45777</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="J25" s="0" t="n">
-        <x:v>4617.2384206582</x:v>
+        <x:v>4612.8482001207</x:v>
       </x:c>
       <x:c r="K25" s="0" t="n">
-        <x:v>-0.5382761579</x:v>
+        <x:v>-0.53871518</x:v>
       </x:c>
       <x:c r="N25" s="0" t="n">
-        <x:v>3589.9085779328</x:v>
+        <x:v>3290.5575366433</x:v>
       </x:c>
       <x:c r="O25" s="0" t="n">
-        <x:v>-0.1361457304</x:v>
+        <x:v>-0.1468242588</x:v>
       </x:c>
       <x:c r="P25" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q25" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T25" s="0" t="n">
-        <x:v>9922.7934437088</x:v>
+        <x:v>10254.788243589</x:v>
       </x:c>
       <x:c r="U25" s="0" t="n">
-        <x:v>-0.0011066178</x:v>
+        <x:v>0.0036007026</x:v>
       </x:c>
       <x:c r="V25" s="0" t="n">
-        <x:v>10534.4823531158</x:v>
+        <x:v>10506.1002532209</x:v>
       </x:c>
       <x:c r="W25" s="0" t="n">
-        <x:v>0.0534482353</x:v>
+        <x:v>0.0506100253</x:v>
       </x:c>
       <x:c r="Z25" s="0" t="n">
-        <x:v>18624.9255935567</x:v>
+        <x:v>18710.5695618331</x:v>
       </x:c>
       <x:c r="AA25" s="0" t="n">
-        <x:v>0.0929113475</x:v>
+        <x:v>0.0936278783</x:v>
       </x:c>
       <x:c r="AB25" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC25" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF25" s="0" t="n">
-        <x:v>21218.3962975593</x:v>
+        <x:v>21218.3962975594</x:v>
       </x:c>
       <x:c r="AG25" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:33">
       <x:c r="A26" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D26" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G26" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H26" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I26" s="1">
-        <x:v>45807</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="J26" s="0" t="n">
-        <x:v>4612.8361286349</x:v>
+        <x:v>4612.1071665683</x:v>
       </x:c>
       <x:c r="K26" s="0" t="n">
-        <x:v>-0.5387163871</x:v>
+        <x:v>-0.5387892833</x:v>
       </x:c>
       <x:c r="N26" s="0" t="n">
-        <x:v>3408.800857497</x:v>
+        <x:v>3270.2588302245</x:v>
       </x:c>
       <x:c r="O26" s="0" t="n">
-        <x:v>-0.1425105127</x:v>
+        <x:v>-0.1475781182</x:v>
       </x:c>
       <x:c r="P26" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q26" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T26" s="0" t="n">
-        <x:v>10416.8831444024</x:v>
+        <x:v>10598.8707858617</x:v>
       </x:c>
       <x:c r="U26" s="0" t="n">
-        <x:v>0.0058517372</x:v>
+        <x:v>0.0083435252</x:v>
       </x:c>
       <x:c r="V26" s="0" t="n">
-        <x:v>10534.4823531158</x:v>
+        <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W26" s="0" t="n">
-        <x:v>0.0534482353</x:v>
+        <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z26" s="0" t="n">
-        <x:v>18640.246644238</x:v>
+        <x:v>18730.3908440524</x:v>
       </x:c>
       <x:c r="AA26" s="0" t="n">
-        <x:v>0.0930397366</x:v>
+        <x:v>0.0937933102</x:v>
       </x:c>
       <x:c r="AB26" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC26" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF26" s="0" t="n">
-        <x:v>21218.3962975594</x:v>
+        <x:v>21218.3962975593</x:v>
       </x:c>
       <x:c r="AG26" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:33">
       <x:c r="A27" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D27" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G27" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I27" s="1">
-        <x:v>45838</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="J27" s="0" t="n">
-        <x:v>4612.8482001207</x:v>
+        <x:v>4611.8029633636</x:v>
       </x:c>
       <x:c r="K27" s="0" t="n">
-        <x:v>-0.53871518</x:v>
+        <x:v>-0.5388197037</x:v>
       </x:c>
       <x:c r="N27" s="0" t="n">
-        <x:v>3290.5575366433</x:v>
+        <x:v>3270.188689432</x:v>
       </x:c>
       <x:c r="O27" s="0" t="n">
-        <x:v>-0.1468242588</x:v>
+        <x:v>-0.1475807301</x:v>
       </x:c>
       <x:c r="P27" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q27" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T27" s="0" t="n">
-        <x:v>10254.788243589</x:v>
+        <x:v>10678.6463549751</x:v>
       </x:c>
       <x:c r="U27" s="0" t="n">
-        <x:v>0.0036007026</x:v>
+        <x:v>0.0094242724</x:v>
       </x:c>
       <x:c r="V27" s="0" t="n">
-        <x:v>10506.1002532209</x:v>
+        <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W27" s="0" t="n">
-        <x:v>0.0506100253</x:v>
+        <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z27" s="0" t="n">
-        <x:v>18710.5695618331</x:v>
+        <x:v>18744.6286585905</x:v>
       </x:c>
       <x:c r="AA27" s="0" t="n">
-        <x:v>0.0936278783</x:v>
+        <x:v>0.0939120489</x:v>
       </x:c>
       <x:c r="AB27" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC27" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF27" s="0" t="n">
-        <x:v>21218.3962975594</x:v>
+        <x:v>21218.3962975593</x:v>
       </x:c>
       <x:c r="AG27" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:33">
       <x:c r="A28" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D28" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G28" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H28" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I28" s="1">
-        <x:v>45869</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="J28" s="0" t="n">
-        <x:v>4612.1071665683</x:v>
+        <x:v>4610.8800392882</x:v>
       </x:c>
       <x:c r="K28" s="0" t="n">
-        <x:v>-0.5387892833</x:v>
+        <x:v>-0.5389119961</x:v>
       </x:c>
       <x:c r="N28" s="0" t="n">
-        <x:v>3270.2588302245</x:v>
+        <x:v>3270.0579838353</x:v>
       </x:c>
       <x:c r="O28" s="0" t="n">
-        <x:v>-0.1475781182</x:v>
+        <x:v>-0.1475855973</x:v>
       </x:c>
       <x:c r="P28" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q28" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T28" s="0" t="n">
-        <x:v>10598.8707858617</x:v>
+        <x:v>10964.7896781546</x:v>
       </x:c>
       <x:c r="U28" s="0" t="n">
-        <x:v>0.0083435252</x:v>
+        <x:v>0.0132446735</x:v>
       </x:c>
       <x:c r="V28" s="0" t="n">
         <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W28" s="0" t="n">
         <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z28" s="0" t="n">
-        <x:v>18730.3908440524</x:v>
+        <x:v>18744.6286585905</x:v>
       </x:c>
       <x:c r="AA28" s="0" t="n">
-        <x:v>0.0937933102</x:v>
+        <x:v>0.0939120489</x:v>
       </x:c>
       <x:c r="AB28" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC28" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF28" s="0" t="n">
-        <x:v>21218.3962975593</x:v>
+        <x:v>21218.3962975594</x:v>
       </x:c>
       <x:c r="AG28" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:33">
       <x:c r="A29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D29" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G29" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I29" s="1">
-        <x:v>45898</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="J29" s="0" t="n">
-        <x:v>4611.8029633636</x:v>
+        <x:v>4610.2924508104</x:v>
       </x:c>
       <x:c r="K29" s="0" t="n">
-        <x:v>-0.5388197037</x:v>
+        <x:v>-0.5389707549</x:v>
       </x:c>
       <x:c r="N29" s="0" t="n">
-        <x:v>3270.188689432</x:v>
+        <x:v>3269.9557763162</x:v>
       </x:c>
       <x:c r="O29" s="0" t="n">
-        <x:v>-0.1475807301</x:v>
+        <x:v>-0.1475894035</x:v>
       </x:c>
       <x:c r="P29" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q29" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T29" s="0" t="n">
-        <x:v>10678.6463549751</x:v>
+        <x:v>11486.7504848941</x:v>
       </x:c>
       <x:c r="U29" s="0" t="n">
-        <x:v>0.0094242724</x:v>
+        <x:v>0.0199986529</x:v>
       </x:c>
       <x:c r="V29" s="0" t="n">
         <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W29" s="0" t="n">
         <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z29" s="0" t="n">
-        <x:v>18744.6286585905</x:v>
+        <x:v>18783.4461054374</x:v>
       </x:c>
       <x:c r="AA29" s="0" t="n">
-        <x:v>0.0939120489</x:v>
+        <x:v>0.0942353814</x:v>
       </x:c>
       <x:c r="AB29" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC29" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF29" s="0" t="n">
-        <x:v>21218.3962975593</x:v>
+        <x:v>22158.8018643178</x:v>
       </x:c>
       <x:c r="AG29" s="0" t="n">
-        <x:v>0.1134564166</x:v>
+        <x:v>0.1203758875</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:33">
       <x:c r="A30" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D30" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G30" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H30" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I30" s="1">
-        <x:v>45930</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="J30" s="0" t="n">
-        <x:v>4610.8800392882</x:v>
+        <x:v>4609.8424273253</x:v>
       </x:c>
       <x:c r="K30" s="0" t="n">
-        <x:v>-0.5389119961</x:v>
+        <x:v>-0.5390157573</x:v>
       </x:c>
       <x:c r="N30" s="0" t="n">
-        <x:v>3270.0579838353</x:v>
+        <x:v>3269.8704854703</x:v>
       </x:c>
       <x:c r="O30" s="0" t="n">
-        <x:v>-0.1475855973</x:v>
+        <x:v>-0.1475925798</x:v>
       </x:c>
       <x:c r="P30" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q30" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T30" s="0" t="n">
-        <x:v>10964.7896781546</x:v>
+        <x:v>10625.9626861359</x:v>
       </x:c>
       <x:c r="U30" s="0" t="n">
-        <x:v>0.0132446735</x:v>
+        <x:v>0.008711328</x:v>
       </x:c>
       <x:c r="V30" s="0" t="n">
         <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W30" s="0" t="n">
         <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z30" s="0" t="n">
-        <x:v>18744.6286585905</x:v>
+        <x:v>18832.4916974976</x:v>
       </x:c>
       <x:c r="AA30" s="0" t="n">
-        <x:v>0.0939120489</x:v>
+        <x:v>0.0946430919</x:v>
       </x:c>
       <x:c r="AB30" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC30" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF30" s="0" t="n">
-        <x:v>21218.3962975594</x:v>
+        <x:v>22158.8018643178</x:v>
       </x:c>
       <x:c r="AG30" s="0" t="n">
-        <x:v>0.1134564166</x:v>
+        <x:v>0.1203758875</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>