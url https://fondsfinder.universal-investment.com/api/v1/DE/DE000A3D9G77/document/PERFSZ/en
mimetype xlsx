--- v1 (2025-12-14)
+++ v2 (2026-02-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d54528bf57547f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b6608615016c48748af49e834e728a7c.psmdcp" Id="R188330277c434289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4210a129544fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52dd97fd138e4eb283b483e9113ec957.psmdcp" Id="Rde8cf2e87d574869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG30" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG30"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG32" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG32"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG30"/>
+  <x:dimension ref="A1:AG32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.910625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.410625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -2395,51 +2395,51 @@
       </x:c>
       <x:c r="AG24" s="0" t="n">
         <x:v>0.1134564166</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:33">
       <x:c r="A25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D25" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G25" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I25" s="1">
         <x:v>45838</x:v>
       </x:c>
       <x:c r="J25" s="0" t="n">
         <x:v>4612.8482001207</x:v>
       </x:c>
       <x:c r="K25" s="0" t="n">
         <x:v>-0.53871518</x:v>
       </x:c>
       <x:c r="N25" s="0" t="n">
         <x:v>3290.5575366433</x:v>
       </x:c>
       <x:c r="O25" s="0" t="n">
         <x:v>-0.1468242588</x:v>
       </x:c>
       <x:c r="P25" s="0" t="n">
         <x:v>8229.0038771485</x:v>
       </x:c>
       <x:c r="Q25" s="0" t="n">
         <x:v>-0.1770996123</x:v>
       </x:c>
       <x:c r="T25" s="0" t="n">
         <x:v>10254.788243589</x:v>
       </x:c>
@@ -2817,50 +2817,198 @@
         <x:v>0.008711328</x:v>
       </x:c>
       <x:c r="V30" s="0" t="n">
         <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W30" s="0" t="n">
         <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z30" s="0" t="n">
         <x:v>18832.4916974976</x:v>
       </x:c>
       <x:c r="AA30" s="0" t="n">
         <x:v>0.0946430919</x:v>
       </x:c>
       <x:c r="AB30" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC30" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF30" s="0" t="n">
         <x:v>22158.8018643178</x:v>
       </x:c>
       <x:c r="AG30" s="0" t="n">
         <x:v>0.1203758875</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:33">
+      <x:c r="A31" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E31" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G31" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I31" s="1">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="n">
+        <x:v>4609.5005272331</x:v>
+      </x:c>
+      <x:c r="K31" s="0" t="n">
+        <x:v>-0.5390499473</x:v>
+      </x:c>
+      <x:c r="N31" s="0" t="n">
+        <x:v>3269.8036071183</x:v>
+      </x:c>
+      <x:c r="O31" s="0" t="n">
+        <x:v>-0.1475950704</x:v>
+      </x:c>
+      <x:c r="P31" s="0" t="n">
+        <x:v>8229.0038771485</x:v>
+      </x:c>
+      <x:c r="Q31" s="0" t="n">
+        <x:v>-0.1770996123</x:v>
+      </x:c>
+      <x:c r="T31" s="0" t="n">
+        <x:v>11051.3613089207</x:v>
+      </x:c>
+      <x:c r="U31" s="0" t="n">
+        <x:v>0.0143836813</x:v>
+      </x:c>
+      <x:c r="V31" s="0" t="n">
+        <x:v>10528.2720219387</x:v>
+      </x:c>
+      <x:c r="W31" s="0" t="n">
+        <x:v>0.0528272022</x:v>
+      </x:c>
+      <x:c r="Z31" s="0" t="n">
+        <x:v>18832.4916974976</x:v>
+      </x:c>
+      <x:c r="AA31" s="0" t="n">
+        <x:v>0.0946430919</x:v>
+      </x:c>
+      <x:c r="AB31" s="0" t="n">
+        <x:v>13711.6459746449</x:v>
+      </x:c>
+      <x:c r="AC31" s="0" t="n">
+        <x:v>0.3711645975</x:v>
+      </x:c>
+      <x:c r="AF31" s="0" t="n">
+        <x:v>24369.5897815666</x:v>
+      </x:c>
+      <x:c r="AG31" s="0" t="n">
+        <x:v>0.1357010603</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:33">
+      <x:c r="A32" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E32" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G32" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H32" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I32" s="1">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="J32" s="0" t="n">
+        <x:v>4608.8495687024</x:v>
+      </x:c>
+      <x:c r="K32" s="0" t="n">
+        <x:v>-0.5391150431</x:v>
+      </x:c>
+      <x:c r="N32" s="0" t="n">
+        <x:v>3269.6906267737</x:v>
+      </x:c>
+      <x:c r="O32" s="0" t="n">
+        <x:v>-0.147599278</x:v>
+      </x:c>
+      <x:c r="P32" s="0" t="n">
+        <x:v>8229.0038771485</x:v>
+      </x:c>
+      <x:c r="Q32" s="0" t="n">
+        <x:v>-0.1770996123</x:v>
+      </x:c>
+      <x:c r="T32" s="0" t="n">
+        <x:v>10974.234668902</x:v>
+      </x:c>
+      <x:c r="U32" s="0" t="n">
+        <x:v>0.0133693134</x:v>
+      </x:c>
+      <x:c r="V32" s="0" t="n">
+        <x:v>10528.2720219387</x:v>
+      </x:c>
+      <x:c r="W32" s="0" t="n">
+        <x:v>0.0528272022</x:v>
+      </x:c>
+      <x:c r="Z32" s="0" t="n">
+        <x:v>18832.4916974976</x:v>
+      </x:c>
+      <x:c r="AA32" s="0" t="n">
+        <x:v>0.0946430919</x:v>
+      </x:c>
+      <x:c r="AB32" s="0" t="n">
+        <x:v>13711.6459746449</x:v>
+      </x:c>
+      <x:c r="AC32" s="0" t="n">
+        <x:v>0.3711645975</x:v>
+      </x:c>
+      <x:c r="AF32" s="0" t="n">
+        <x:v>24369.5897815666</x:v>
+      </x:c>
+      <x:c r="AG32" s="0" t="n">
+        <x:v>0.1357010603</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>