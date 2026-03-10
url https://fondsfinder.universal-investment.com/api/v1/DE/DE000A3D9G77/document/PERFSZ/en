--- v2 (2026-02-12)
+++ v3 (2026-03-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4210a129544fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52dd97fd138e4eb283b483e9113ec957.psmdcp" Id="Rde8cf2e87d574869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc846f481cbc49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae6b2e6d5a2f4ea3a58a33113c27948c.psmdcp" Id="Re106f83677884ab4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG32" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG32"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG33" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG33"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG32"/>
+  <x:dimension ref="A1:AG33"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.910625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.410625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -2967,50 +2967,124 @@
       <x:c r="V32" s="0" t="n">
         <x:v>10528.2720219387</x:v>
       </x:c>
       <x:c r="W32" s="0" t="n">
         <x:v>0.0528272022</x:v>
       </x:c>
       <x:c r="Z32" s="0" t="n">
         <x:v>18832.4916974976</x:v>
       </x:c>
       <x:c r="AA32" s="0" t="n">
         <x:v>0.0946430919</x:v>
       </x:c>
       <x:c r="AB32" s="0" t="n">
         <x:v>13711.6459746449</x:v>
       </x:c>
       <x:c r="AC32" s="0" t="n">
         <x:v>0.3711645975</x:v>
       </x:c>
       <x:c r="AF32" s="0" t="n">
         <x:v>24369.5897815666</x:v>
       </x:c>
       <x:c r="AG32" s="0" t="n">
         <x:v>0.1357010603</x:v>
       </x:c>
     </x:row>
+    <x:row r="33" spans="1:33">
+      <x:c r="A33" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I33" s="1">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="n">
+        <x:v>4606.8962976444</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="n">
+        <x:v>-0.5393103702</x:v>
+      </x:c>
+      <x:c r="N33" s="0" t="n">
+        <x:v>3269.3090586376</x:v>
+      </x:c>
+      <x:c r="O33" s="0" t="n">
+        <x:v>-0.1476134893</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="n">
+        <x:v>8229.0038771485</x:v>
+      </x:c>
+      <x:c r="Q33" s="0" t="n">
+        <x:v>-0.1770996123</x:v>
+      </x:c>
+      <x:c r="T33" s="0" t="n">
+        <x:v>11328.0022598015</x:v>
+      </x:c>
+      <x:c r="U33" s="0" t="n">
+        <x:v>0.0179728367</x:v>
+      </x:c>
+      <x:c r="V33" s="0" t="n">
+        <x:v>10528.2720219387</x:v>
+      </x:c>
+      <x:c r="W33" s="0" t="n">
+        <x:v>0.0528272022</x:v>
+      </x:c>
+      <x:c r="Z33" s="0" t="n">
+        <x:v>18832.4916974976</x:v>
+      </x:c>
+      <x:c r="AA33" s="0" t="n">
+        <x:v>0.0946430919</x:v>
+      </x:c>
+      <x:c r="AB33" s="0" t="n">
+        <x:v>13711.6459746449</x:v>
+      </x:c>
+      <x:c r="AC33" s="0" t="n">
+        <x:v>0.3711645975</x:v>
+      </x:c>
+      <x:c r="AF33" s="0" t="n">
+        <x:v>24369.5897815666</x:v>
+      </x:c>
+      <x:c r="AG33" s="0" t="n">
+        <x:v>0.1357010603</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>