--- v0 (2025-10-14)
+++ v1 (2026-02-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea226d2889f4993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e375321006d04295b5cd358de91e64ba.psmdcp" Id="R891d8d5b390a4f29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9326fa4a0b4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5b894992e1b4a3889157a25b13b74dc.psmdcp" Id="R74ffebceb7b64d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG29" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG29"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG34" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG34"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG29"/>
+  <x:dimension ref="A1:AG34"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.500625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -2099,51 +2099,51 @@
       </x:c>
       <x:c r="AG20" s="0" t="n">
         <x:v>0.0961428081</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:33">
       <x:c r="A21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D21" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G21" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I21" s="1">
         <x:v>45656</x:v>
       </x:c>
       <x:c r="J21" s="0" t="n">
         <x:v>1708.7588941612</x:v>
       </x:c>
       <x:c r="K21" s="0" t="n">
         <x:v>-0.8291241106</x:v>
       </x:c>
       <x:c r="N21" s="0" t="n">
         <x:v>2084.6207762572</x:v>
       </x:c>
       <x:c r="O21" s="0" t="n">
         <x:v>-0.2299755587</x:v>
       </x:c>
       <x:c r="P21" s="0" t="n">
         <x:v>6297.792493164</x:v>
       </x:c>
       <x:c r="Q21" s="0" t="n">
         <x:v>-0.3702207507</x:v>
       </x:c>
       <x:c r="T21" s="0" t="n">
         <x:v>7097.4386910592</x:v>
       </x:c>
@@ -2743,50 +2743,420 @@
         <x:v>-0.064675143</x:v>
       </x:c>
       <x:c r="V29" s="0" t="n">
         <x:v>9682.0611047869</x:v>
       </x:c>
       <x:c r="W29" s="0" t="n">
         <x:v>-0.0317938895</x:v>
       </x:c>
       <x:c r="Z29" s="0" t="n">
         <x:v>11190.2783198472</x:v>
       </x:c>
       <x:c r="AA29" s="0" t="n">
         <x:v>0.0189201434</x:v>
       </x:c>
       <x:c r="AB29" s="0" t="n">
         <x:v>14319.1394865282</x:v>
       </x:c>
       <x:c r="AC29" s="0" t="n">
         <x:v>0.4319139487</x:v>
       </x:c>
       <x:c r="AF29" s="0" t="n">
         <x:v>17346.1394081799</x:v>
       </x:c>
       <x:c r="AG29" s="0" t="n">
         <x:v>0.0961428081</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:33">
+      <x:c r="A30" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C30" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E30" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G30" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H30" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I30" s="1">
+        <x:v>45930</x:v>
+      </x:c>
+      <x:c r="J30" s="0" t="n">
+        <x:v>3295.4759481483</x:v>
+      </x:c>
+      <x:c r="K30" s="0" t="n">
+        <x:v>-0.6704524052</x:v>
+      </x:c>
+      <x:c r="N30" s="0" t="n">
+        <x:v>2222.1530079934</x:v>
+      </x:c>
+      <x:c r="O30" s="0" t="n">
+        <x:v>-0.2217323239</x:v>
+      </x:c>
+      <x:c r="P30" s="0" t="n">
+        <x:v>6298.3940997567</x:v>
+      </x:c>
+      <x:c r="Q30" s="0" t="n">
+        <x:v>-0.37016059</x:v>
+      </x:c>
+      <x:c r="T30" s="0" t="n">
+        <x:v>7333.9242682076</x:v>
+      </x:c>
+      <x:c r="U30" s="0" t="n">
+        <x:v>-0.050366405</x:v>
+      </x:c>
+      <x:c r="V30" s="0" t="n">
+        <x:v>9683.0346602329</x:v>
+      </x:c>
+      <x:c r="W30" s="0" t="n">
+        <x:v>-0.031696534</x:v>
+      </x:c>
+      <x:c r="Z30" s="0" t="n">
+        <x:v>11062.7986891767</x:v>
+      </x:c>
+      <x:c r="AA30" s="0" t="n">
+        <x:v>0.0169763067</x:v>
+      </x:c>
+      <x:c r="AB30" s="0" t="n">
+        <x:v>14320.5678906879</x:v>
+      </x:c>
+      <x:c r="AC30" s="0" t="n">
+        <x:v>0.4320567891</x:v>
+      </x:c>
+      <x:c r="AF30" s="0" t="n">
+        <x:v>17356.5568804062</x:v>
+      </x:c>
+      <x:c r="AG30" s="0" t="n">
+        <x:v>0.096252498</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:33">
+      <x:c r="A31" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E31" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G31" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I31" s="1">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="n">
+        <x:v>3294.7041649821</x:v>
+      </x:c>
+      <x:c r="K31" s="0" t="n">
+        <x:v>-0.6705295835</x:v>
+      </x:c>
+      <x:c r="N31" s="0" t="n">
+        <x:v>2221.9882345984</x:v>
+      </x:c>
+      <x:c r="O31" s="0" t="n">
+        <x:v>-0.2217419423</x:v>
+      </x:c>
+      <x:c r="P31" s="0" t="n">
+        <x:v>6298.3940997567</x:v>
+      </x:c>
+      <x:c r="Q31" s="0" t="n">
+        <x:v>-0.37016059</x:v>
+      </x:c>
+      <x:c r="T31" s="0" t="n">
+        <x:v>7946.3782013115</x:v>
+      </x:c>
+      <x:c r="U31" s="0" t="n">
+        <x:v>-0.0375868719</x:v>
+      </x:c>
+      <x:c r="V31" s="0" t="n">
+        <x:v>9683.0346602329</x:v>
+      </x:c>
+      <x:c r="W31" s="0" t="n">
+        <x:v>-0.031696534</x:v>
+      </x:c>
+      <x:c r="Z31" s="0" t="n">
+        <x:v>10969.6365722456</x:v>
+      </x:c>
+      <x:c r="AA31" s="0" t="n">
+        <x:v>0.015543911</x:v>
+      </x:c>
+      <x:c r="AB31" s="0" t="n">
+        <x:v>14320.5678906879</x:v>
+      </x:c>
+      <x:c r="AC31" s="0" t="n">
+        <x:v>0.4320567891</x:v>
+      </x:c>
+      <x:c r="AF31" s="0" t="n">
+        <x:v>17356.5568804062</x:v>
+      </x:c>
+      <x:c r="AG31" s="0" t="n">
+        <x:v>0.096252498</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:33">
+      <x:c r="A32" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E32" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G32" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H32" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I32" s="1">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="J32" s="0" t="n">
+        <x:v>3295.4255384697</x:v>
+      </x:c>
+      <x:c r="K32" s="0" t="n">
+        <x:v>-0.6704574462</x:v>
+      </x:c>
+      <x:c r="N32" s="0" t="n">
+        <x:v>2222.0993235818</x:v>
+      </x:c>
+      <x:c r="O32" s="0" t="n">
+        <x:v>-0.2217354576</x:v>
+      </x:c>
+      <x:c r="P32" s="0" t="n">
+        <x:v>6298.3940997567</x:v>
+      </x:c>
+      <x:c r="Q32" s="0" t="n">
+        <x:v>-0.37016059</x:v>
+      </x:c>
+      <x:c r="T32" s="0" t="n">
+        <x:v>7633.8008951437</x:v>
+      </x:c>
+      <x:c r="U32" s="0" t="n">
+        <x:v>-0.0440023939</x:v>
+      </x:c>
+      <x:c r="V32" s="0" t="n">
+        <x:v>9683.0346602329</x:v>
+      </x:c>
+      <x:c r="W32" s="0" t="n">
+        <x:v>-0.031696534</x:v>
+      </x:c>
+      <x:c r="Z32" s="0" t="n">
+        <x:v>10883.87357668</x:v>
+      </x:c>
+      <x:c r="AA32" s="0" t="n">
+        <x:v>0.0142162892</x:v>
+      </x:c>
+      <x:c r="AB32" s="0" t="n">
+        <x:v>14320.5678906879</x:v>
+      </x:c>
+      <x:c r="AC32" s="0" t="n">
+        <x:v>0.4320567891</x:v>
+      </x:c>
+      <x:c r="AF32" s="0" t="n">
+        <x:v>17356.5568804062</x:v>
+      </x:c>
+      <x:c r="AG32" s="0" t="n">
+        <x:v>0.096252498</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:33">
+      <x:c r="A33" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I33" s="1">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="n">
+        <x:v>3295.8361139803</x:v>
+      </x:c>
+      <x:c r="K33" s="0" t="n">
+        <x:v>-0.6704163886</x:v>
+      </x:c>
+      <x:c r="N33" s="0" t="n">
+        <x:v>2222.1756861946</x:v>
+      </x:c>
+      <x:c r="O33" s="0" t="n">
+        <x:v>-0.2217310001</x:v>
+      </x:c>
+      <x:c r="P33" s="0" t="n">
+        <x:v>6298.3940997567</x:v>
+      </x:c>
+      <x:c r="Q33" s="0" t="n">
+        <x:v>-0.37016059</x:v>
+      </x:c>
+      <x:c r="T33" s="0" t="n">
+        <x:v>7843.3617411875</x:v>
+      </x:c>
+      <x:c r="U33" s="0" t="n">
+        <x:v>-0.0396776403</x:v>
+      </x:c>
+      <x:c r="V33" s="0" t="n">
+        <x:v>9683.0346602329</x:v>
+      </x:c>
+      <x:c r="W33" s="0" t="n">
+        <x:v>-0.031696534</x:v>
+      </x:c>
+      <x:c r="Z33" s="0" t="n">
+        <x:v>10807.1882366612</x:v>
+      </x:c>
+      <x:c r="AA33" s="0" t="n">
+        <x:v>0.0130217874</x:v>
+      </x:c>
+      <x:c r="AB33" s="0" t="n">
+        <x:v>14320.5678906879</x:v>
+      </x:c>
+      <x:c r="AC33" s="0" t="n">
+        <x:v>0.4320567891</x:v>
+      </x:c>
+      <x:c r="AF33" s="0" t="n">
+        <x:v>17356.5568804062</x:v>
+      </x:c>
+      <x:c r="AG33" s="0" t="n">
+        <x:v>0.096252498</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:33">
+      <x:c r="A34" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C34" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G34" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H34" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I34" s="1">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="J34" s="0" t="n">
+        <x:v>3296.821487336</x:v>
+      </x:c>
+      <x:c r="K34" s="0" t="n">
+        <x:v>-0.6703178513</x:v>
+      </x:c>
+      <x:c r="N34" s="0" t="n">
+        <x:v>2222.3448443239</x:v>
+      </x:c>
+      <x:c r="O34" s="0" t="n">
+        <x:v>-0.2217211264</x:v>
+      </x:c>
+      <x:c r="P34" s="0" t="n">
+        <x:v>6298.3940997567</x:v>
+      </x:c>
+      <x:c r="Q34" s="0" t="n">
+        <x:v>-0.37016059</x:v>
+      </x:c>
+      <x:c r="T34" s="0" t="n">
+        <x:v>8081.1462698456</x:v>
+      </x:c>
+      <x:c r="U34" s="0" t="n">
+        <x:v>-0.0348855281</x:v>
+      </x:c>
+      <x:c r="V34" s="0" t="n">
+        <x:v>9683.0346602329</x:v>
+      </x:c>
+      <x:c r="W34" s="0" t="n">
+        <x:v>-0.031696534</x:v>
+      </x:c>
+      <x:c r="Z34" s="0" t="n">
+        <x:v>10786.9037333024</x:v>
+      </x:c>
+      <x:c r="AA34" s="0" t="n">
+        <x:v>0.0127046415</x:v>
+      </x:c>
+      <x:c r="AB34" s="0" t="n">
+        <x:v>14320.5678906879</x:v>
+      </x:c>
+      <x:c r="AC34" s="0" t="n">
+        <x:v>0.4320567891</x:v>
+      </x:c>
+      <x:c r="AF34" s="0" t="n">
+        <x:v>17356.5568804062</x:v>
+      </x:c>
+      <x:c r="AG34" s="0" t="n">
+        <x:v>0.096252498</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>