--- v1 (2026-02-12)
+++ v2 (2026-03-31)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9326fa4a0b4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5b894992e1b4a3889157a25b13b74dc.psmdcp" Id="R74ffebceb7b64d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56c14188fc614731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72eef4e286f64a288f5b9da71393d85b.psmdcp" Id="R7818d5fff6d646ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG34" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG34"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG35" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG35"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG34"/>
+  <x:dimension ref="A1:AG35"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.620625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.500625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -3115,50 +3115,124 @@
       <x:c r="V34" s="0" t="n">
         <x:v>9683.0346602329</x:v>
       </x:c>
       <x:c r="W34" s="0" t="n">
         <x:v>-0.031696534</x:v>
       </x:c>
       <x:c r="Z34" s="0" t="n">
         <x:v>10786.9037333024</x:v>
       </x:c>
       <x:c r="AA34" s="0" t="n">
         <x:v>0.0127046415</x:v>
       </x:c>
       <x:c r="AB34" s="0" t="n">
         <x:v>14320.5678906879</x:v>
       </x:c>
       <x:c r="AC34" s="0" t="n">
         <x:v>0.4320567891</x:v>
       </x:c>
       <x:c r="AF34" s="0" t="n">
         <x:v>17356.5568804062</x:v>
       </x:c>
       <x:c r="AG34" s="0" t="n">
         <x:v>0.096252498</x:v>
       </x:c>
     </x:row>
+    <x:row r="35" spans="1:33">
+      <x:c r="A35" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C35" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E35" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G35" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I35" s="1">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="n">
+        <x:v>3296.2998028089</x:v>
+      </x:c>
+      <x:c r="K35" s="0" t="n">
+        <x:v>-0.6703700197</x:v>
+      </x:c>
+      <x:c r="N35" s="0" t="n">
+        <x:v>2222.2532574107</x:v>
+      </x:c>
+      <x:c r="O35" s="0" t="n">
+        <x:v>-0.2217264722</x:v>
+      </x:c>
+      <x:c r="P35" s="0" t="n">
+        <x:v>6298.3940997567</x:v>
+      </x:c>
+      <x:c r="Q35" s="0" t="n">
+        <x:v>-0.37016059</x:v>
+      </x:c>
+      <x:c r="T35" s="0" t="n">
+        <x:v>8097.3217904315</x:v>
+      </x:c>
+      <x:c r="U35" s="0" t="n">
+        <x:v>-0.0345638281</x:v>
+      </x:c>
+      <x:c r="V35" s="0" t="n">
+        <x:v>9683.0346602329</x:v>
+      </x:c>
+      <x:c r="W35" s="0" t="n">
+        <x:v>-0.031696534</x:v>
+      </x:c>
+      <x:c r="Z35" s="0" t="n">
+        <x:v>10786.9037333024</x:v>
+      </x:c>
+      <x:c r="AA35" s="0" t="n">
+        <x:v>0.0127046415</x:v>
+      </x:c>
+      <x:c r="AB35" s="0" t="n">
+        <x:v>14320.5678906879</x:v>
+      </x:c>
+      <x:c r="AC35" s="0" t="n">
+        <x:v>0.4320567891</x:v>
+      </x:c>
+      <x:c r="AF35" s="0" t="n">
+        <x:v>17356.5568804062</x:v>
+      </x:c>
+      <x:c r="AG35" s="0" t="n">
+        <x:v>0.096252498</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>