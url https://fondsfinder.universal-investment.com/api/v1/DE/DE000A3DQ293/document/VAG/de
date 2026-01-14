--- v0 (2025-10-22)
+++ v1 (2026-01-14)
@@ -7,54 +7,54 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27726"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\UID\Team\RegRep\Meldewesen\VAG\Mandant UI\Meldungen\2025\2025 - 09\Homepage\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\UID\Team\RegRep\Meldewesen\VAG\Mandant UI\Meldungen\Makros VAG\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{29DEEB8C-B7AB-43DF-A20F-670482EB4364}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6FC2B8D9-0D4C-4B90-A2CD-F4913764977B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Datenblatt" sheetId="4" r:id="rId1"/>
     <sheet name="BVI-Schuldnerliste" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'BVI-Datenblatt'!$A$1:$E$56</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'BVI-Schuldnerliste'!$A$1:$L$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -1140,153 +1140,153 @@
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
 (prozent vom Wert des Fonds/Anteilsklasse)</t>
   </si>
   <si>
     <t>45b</t>
   </si>
   <si>
     <t>32a*</t>
   </si>
   <si>
     <t>davon bezogen auf Schuldverschreibungen gem. Zeile 26</t>
   </si>
   <si>
     <t>33a*</t>
   </si>
   <si>
     <t>34a*</t>
   </si>
   <si>
     <t>35a*</t>
   </si>
   <si>
     <t>36a*</t>
   </si>
   <si>
-    <t>30.09.2025</t>
+    <t>30.12.2025</t>
   </si>
   <si>
     <t>GANÉ Global Equity Fund AK C</t>
   </si>
   <si>
     <t>DE000A3DQ293</t>
   </si>
   <si>
     <t xml:space="preserve">Universal-Investment-Gesellschaft mbH </t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>börsentäglich</t>
   </si>
   <si>
     <t>MSCI World Net Return (EUR)</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Ulta Beauty Inc.</t>
   </si>
   <si>
     <t>529900CIV6HN8M28YM82</t>
   </si>
   <si>
     <t>272177</t>
   </si>
   <si>
+    <t>Salesforce Inc.</t>
+  </si>
+  <si>
+    <t>RCGZFPDMRW58VJ54VR07</t>
+  </si>
+  <si>
+    <t>202349</t>
+  </si>
+  <si>
+    <t>Alphabet Inc.</t>
+  </si>
+  <si>
+    <t>5493006MHB84DD0ZWV18</t>
+  </si>
+  <si>
+    <t>744225</t>
+  </si>
+  <si>
     <t>BELIMO Holding AG</t>
   </si>
   <si>
     <t>506700339DLX749VEM23</t>
   </si>
   <si>
     <t>897962</t>
   </si>
   <si>
-    <t>Alphabet Inc.</t>
-[...14 lines deleted...]
-    <t>787079</t>
+    <t>Adobe Inc.</t>
+  </si>
+  <si>
+    <t>FU4LY2G4933NH2E1CP29</t>
+  </si>
+  <si>
+    <t>871981</t>
+  </si>
+  <si>
+    <t>Sika AG</t>
+  </si>
+  <si>
+    <t>549300R3N69ECGYPU434</t>
+  </si>
+  <si>
+    <t>858573</t>
+  </si>
+  <si>
+    <t>Naspers Ltd.</t>
+  </si>
+  <si>
+    <t>21380044BQ8812EEKT59</t>
+  </si>
+  <si>
+    <t>906614</t>
+  </si>
+  <si>
+    <t>United Internet AG</t>
+  </si>
+  <si>
+    <t>3VEKWPJHTD4NKMBVG947</t>
+  </si>
+  <si>
+    <t>508900</t>
   </si>
   <si>
     <t>Geberit AG</t>
   </si>
   <si>
     <t>52990093Z5OHD6T7BS47</t>
   </si>
   <si>
     <t>922734</t>
-  </si>
-[...34 lines deleted...]
-    <t>879028</t>
   </si>
   <si>
     <t>Paycom Software Inc.</t>
   </si>
   <si>
     <t>254900LSB0HNJUDC6Q18</t>
   </si>
   <si>
     <t>760681</t>
   </si>
   <si>
     <t>Die Investmentgesellschaft meldet dem VU mit vorliegendem Datenblatt die Anlagen der jeweils 10 größten Aussteller (Schuldner) jedes Fonds, in die ein Versicherungsunternehmen investiert hat (§ 4 Abs. 1 Satz 2 AnlV). Dach-Publikumsfonds und Spezialfonds, die ihrerseits in mehrere Publikumsfonds investieren, Immobilienfonds, Sonstige Sondervermögen mit Beteiligungen und Infrastrukturfonds können unberücksichtigt bleiben, wenn der Anteil ihrer Anlagen in Wertpapiere, Geldmarktinstrumente, Bankguthaben und Derivate zusammen nicht mehr als 5% des Fondsvermögens beträgt. Der Versicherer ist auf diesen Umstand im VAG-Reporting hinzuweisen. Für Immobilien, Beteiligungen und Infrastrukturanlagen erfolgt keine Zusammenführung der Streuungsquoten aus Fonds- und Direktanlage. Bei ausländischen Fonds ist das VU gehalten, sicherzustellen, dass es die notwendige Information über die 10 grössten Aussteller (Schuldner) zeitnah erhält.</t>
   </si>
   <si>
     <t>Das VU hat hierzu die von der/den Investmentgesellschaft(en) bereit gestellten Schuldnerangaben für die jeweils 10 größter Aussteller (Schuldner) des/der Fonds ausgenommen Zielfonds -  mit den größten Schuldnern aus der Direktanlage in geeigneter Weise zusammenzuführen. Forderungen gegenüber den Kontrahenten aus derivativen Finanzgeschäften in Fonds sind in der Liste der 10 größten Schuldner unter der Zeile "davon: alle anderen Anlagen bei diesem Schuldner - § 4 Abs. 1 AnlV" zu berücksichtigen. Dabei brauchen Forderungen gegenüber Kontrahenten aus derivativen Finanzgeschäften nur dann in der Schuldnerliste berücksichtigt werden, wenn der Kontrahent vom Umfang her geeignet ist, eine Position unter den 10 größen Schuldnern einnehmen zu können. Derivate und/oder Finanzinstrumente mit derivativen Komponenten, die nur zu Absichgerungszwecken eingesetzt werden, sind hiervon nicht betroffen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="0.000000"/>
   </numFmts>
@@ -2278,89 +2278,89 @@
       <c r="C20" s="36"/>
       <c r="D20" s="39"/>
       <c r="E20" s="27"/>
     </row>
     <row r="21" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="31">
         <v>18</v>
       </c>
       <c r="B21" s="32" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="36"/>
       <c r="D21" s="39"/>
       <c r="E21" s="27"/>
     </row>
     <row r="22" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="31">
         <v>19</v>
       </c>
       <c r="B22" s="34" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="36"/>
       <c r="D22" s="26"/>
       <c r="E22" s="40">
-        <v>134.94999999999999</v>
+        <v>133.16999999999999</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="41" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="34" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="51" t="s">
         <v>106</v>
       </c>
       <c r="D23" s="26"/>
       <c r="E23" s="26"/>
     </row>
     <row r="24" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="41" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="34" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="36"/>
       <c r="D24" s="40">
-        <v>77.400000000000006</v>
+        <v>78.73</v>
       </c>
       <c r="E24" s="26"/>
     </row>
     <row r="25" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A25" s="31">
         <v>20</v>
       </c>
       <c r="B25" s="32" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="36"/>
       <c r="D25" s="37">
-        <v>99.23</v>
+        <v>100</v>
       </c>
       <c r="E25" s="9" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$E$22,D25/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="26" spans="1:5" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A26" s="31">
         <v>21</v>
       </c>
       <c r="B26" s="32" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="36"/>
       <c r="D26" s="37">
         <v>0</v>
       </c>
       <c r="E26" s="9" t="str">
         <f t="shared" ref="E26:E54" si="0">IF($C$4&gt;0,PRODUCT($C$4,$E$22,D26/100),"")</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="31">
         <v>22</v>
@@ -2492,51 +2492,51 @@
     <row r="35" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="31">
         <v>30</v>
       </c>
       <c r="B35" s="32" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="36"/>
       <c r="D35" s="37">
         <v>0</v>
       </c>
       <c r="E35" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="36" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="31">
         <v>31</v>
       </c>
       <c r="B36" s="32" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="36"/>
       <c r="D36" s="37">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="E36" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="37" spans="1:5" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="31" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="34" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="36"/>
       <c r="D37" s="37">
         <v>0</v>
       </c>
       <c r="E37" s="9" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A38" s="42" t="s">
         <v>93</v>
@@ -2898,51 +2898,51 @@
       <c r="H1" s="4" t="s">
         <v>87</v>
       </c>
       <c r="I1" s="4" t="s">
         <v>88</v>
       </c>
       <c r="J1" s="4" t="s">
         <v>89</v>
       </c>
       <c r="K1" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L1" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="8" t="str">
         <f>'BVI-Datenblatt'!C2</f>
-        <v>30.09.2025</v>
+        <v>30.12.2025</v>
       </c>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
     </row>
     <row r="3" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="7" t="s">
         <v>65</v>
       </c>
       <c r="C3" s="52" t="str">
         <f>'BVI-Datenblatt'!C3</f>
         <v>GANÉ Global Equity Fund AK C</v>
       </c>
       <c r="D3" s="9"/>
       <c r="E3" s="9"/>
       <c r="F3" s="9"/>
@@ -3040,51 +3040,51 @@
       </c>
       <c r="C8" s="52" t="str">
         <f>'BVI-Datenblatt'!C8</f>
         <v>Frankfurt am Main</v>
       </c>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
         <v>69</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15">
         <f>'BVI-Datenblatt'!E22</f>
-        <v>134.94999999999999</v>
+        <v>133.16999999999999</v>
       </c>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
       <c r="L9" s="9"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C10" s="16" t="str">
         <f>'BVI-Datenblatt'!C23</f>
         <v>EUR</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
@@ -3092,127 +3092,127 @@
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
     </row>
     <row r="11" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="11">
         <v>1</v>
       </c>
       <c r="B11" s="52" t="s">
         <v>107</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="17" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="52" t="s">
         <v>108</v>
       </c>
       <c r="F11" s="53" t="s">
         <v>109</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="40">
-        <v>7.08</v>
+        <v>7.24</v>
       </c>
       <c r="I11" s="40">
         <v>0</v>
       </c>
       <c r="J11" s="40">
-        <v>7.08</v>
+        <v>7.24</v>
       </c>
       <c r="K11" s="40">
         <v>0</v>
       </c>
       <c r="L11" s="40">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A12" s="11">
         <v>2</v>
       </c>
       <c r="B12" s="52" t="s">
         <v>110</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="17" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="52" t="s">
         <v>111</v>
       </c>
       <c r="F12" s="53" t="s">
         <v>112</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="40">
-        <v>6.48</v>
+        <v>6.04</v>
       </c>
       <c r="I12" s="40">
         <v>0</v>
       </c>
       <c r="J12" s="40">
-        <v>6.48</v>
+        <v>6.04</v>
       </c>
       <c r="K12" s="40">
         <v>0</v>
       </c>
       <c r="L12" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="11">
         <v>3</v>
       </c>
       <c r="B13" s="52" t="s">
         <v>113</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="52" t="s">
         <v>114</v>
       </c>
       <c r="F13" s="53" t="s">
         <v>115</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="40">
-        <v>5.67</v>
+        <v>5.79</v>
       </c>
       <c r="I13" s="40">
         <v>0</v>
       </c>
       <c r="J13" s="40">
-        <v>5.67</v>
+        <v>5.79</v>
       </c>
       <c r="K13" s="40">
         <v>0</v>
       </c>
       <c r="L13" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="11">
         <v>4</v>
       </c>
       <c r="B14" s="52" t="s">
         <v>116</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="52" t="s">
         <v>117</v>
       </c>
       <c r="F14" s="53" t="s">
         <v>118</v>
@@ -3232,232 +3232,232 @@
       </c>
       <c r="L14" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="11">
         <v>5</v>
       </c>
       <c r="B15" s="52" t="s">
         <v>119</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="52" t="s">
         <v>120</v>
       </c>
       <c r="F15" s="53" t="s">
         <v>121</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="40">
-        <v>5.0599999999999996</v>
+        <v>5.2</v>
       </c>
       <c r="I15" s="40">
         <v>0</v>
       </c>
       <c r="J15" s="40">
-        <v>5.0599999999999996</v>
+        <v>5.2</v>
       </c>
       <c r="K15" s="40">
         <v>0</v>
       </c>
       <c r="L15" s="40">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="11">
         <v>6</v>
       </c>
       <c r="B16" s="52" t="s">
         <v>122</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="52" t="s">
         <v>123</v>
       </c>
       <c r="F16" s="53" t="s">
         <v>124</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="40">
-        <v>5.04</v>
+        <v>4.99</v>
       </c>
       <c r="I16" s="40">
         <v>0</v>
       </c>
       <c r="J16" s="40">
-        <v>5.04</v>
+        <v>4.99</v>
       </c>
       <c r="K16" s="40">
         <v>0</v>
       </c>
       <c r="L16" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="11">
         <v>7</v>
       </c>
       <c r="B17" s="52" t="s">
         <v>125</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E17" s="52" t="s">
         <v>126</v>
       </c>
       <c r="F17" s="53" t="s">
         <v>127</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="40">
-        <v>4.84</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="I17" s="40">
         <v>0</v>
       </c>
       <c r="J17" s="40">
-        <v>4.84</v>
+        <v>4.9400000000000004</v>
       </c>
       <c r="K17" s="40">
         <v>0</v>
       </c>
       <c r="L17" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A18" s="11">
         <v>8</v>
       </c>
       <c r="B18" s="52" t="s">
         <v>128</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="52" t="s">
         <v>129</v>
       </c>
       <c r="F18" s="53" t="s">
         <v>130</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="40">
-        <v>4.79</v>
+        <v>4.91</v>
       </c>
       <c r="I18" s="40">
         <v>0</v>
       </c>
       <c r="J18" s="40">
-        <v>4.79</v>
+        <v>4.91</v>
       </c>
       <c r="K18" s="40">
         <v>0</v>
       </c>
       <c r="L18" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="11">
         <v>9</v>
       </c>
       <c r="B19" s="52" t="s">
         <v>131</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="52" t="s">
         <v>132</v>
       </c>
       <c r="F19" s="53" t="s">
         <v>133</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="40">
-        <v>4.79</v>
+        <v>4.8899999999999997</v>
       </c>
       <c r="I19" s="40">
         <v>0</v>
       </c>
       <c r="J19" s="40">
-        <v>4.79</v>
+        <v>4.8899999999999997</v>
       </c>
       <c r="K19" s="40">
         <v>0</v>
       </c>
       <c r="L19" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="11">
         <v>10</v>
       </c>
       <c r="B20" s="52" t="s">
         <v>134</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="17" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="52" t="s">
         <v>135</v>
       </c>
       <c r="F20" s="53" t="s">
         <v>136</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="40">
-        <v>4.74</v>
+        <v>4.5599999999999996</v>
       </c>
       <c r="I20" s="40">
         <v>0</v>
       </c>
       <c r="J20" s="40">
-        <v>4.74</v>
+        <v>4.5599999999999996</v>
       </c>
       <c r="K20" s="40">
         <v>0</v>
       </c>
       <c r="L20" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="54" t="s">
         <v>137</v>
       </c>
       <c r="B22" s="54"/>
       <c r="C22" s="54"/>
       <c r="D22" s="54"/>
       <c r="E22" s="54"/>
       <c r="F22" s="54"/>
       <c r="G22" s="54"/>
       <c r="H22" s="54"/>
       <c r="I22" s="54"/>
       <c r="J22" s="54"/>
       <c r="K22" s="54"/>
       <c r="L22" s="54"/>
     </row>
     <row r="23" spans="1:12" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">