--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb816abf926914612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca43b6ab5e484aef9dee20a58b01892a.psmdcp" Id="Rf517275fedc548db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7618fa9df640b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7db00f592fb4041a38bf78826b1e91e.psmdcp" Id="R7ada402e35e849cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG14" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG14"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG15" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG15"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG14"/>
+  <x:dimension ref="A1:AG15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.760625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.380625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -696,655 +696,655 @@
       </x:c>
     </x:row>
     <x:row r="2" spans="1:33">
       <x:c r="A2" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C2" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D2" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E2" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G2" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H2" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I2" s="1">
-        <x:v>45534</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="J2" s="0" t="n">
-        <x:v>6101.3209985612</x:v>
+        <x:v>6101.3526101559</x:v>
       </x:c>
       <x:c r="K2" s="0" t="n">
-        <x:v>-0.3898679001</x:v>
+        <x:v>-0.389864739</x:v>
       </x:c>
       <x:c r="N2" s="0" t="n">
-        <x:v>6221.0599906931</x:v>
+        <x:v>6218.7943420157</x:v>
       </x:c>
       <x:c r="O2" s="0" t="n">
-        <x:v>-0.0905624585</x:v>
+        <x:v>-0.0906287098</x:v>
       </x:c>
       <x:c r="P2" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q2" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T2" s="0" t="n">
-        <x:v>9922.5678431581</x:v>
+        <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U2" s="0" t="n">
-        <x:v>-0.0015534621</x:v>
+        <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V2" s="0" t="n">
-        <x:v>10120.7459749455</x:v>
+        <x:v>10123.1477217041</x:v>
       </x:c>
       <x:c r="W2" s="0" t="n">
-        <x:v>0.0120745975</x:v>
+        <x:v>0.0123147722</x:v>
       </x:c>
       <x:c r="Z2" s="0" t="n">
-        <x:v>11111.0101838818</x:v>
+        <x:v>10958.319704432</x:v>
       </x:c>
       <x:c r="AA2" s="0" t="n">
-        <x:v>0.0212938322</x:v>
+        <x:v>0.0184712953</x:v>
       </x:c>
       <x:c r="AB2" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC2" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF2" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG2" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:33">
       <x:c r="A3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I3" s="1">
-        <x:v>45596</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
-        <x:v>6101.3526101559</x:v>
+        <x:v>6101.5458473774</x:v>
       </x:c>
       <x:c r="K3" s="0" t="n">
-        <x:v>-0.389864739</x:v>
+        <x:v>-0.3898454153</x:v>
       </x:c>
       <x:c r="N3" s="0" t="n">
-        <x:v>6218.7943420157</x:v>
+        <x:v>6218.8460081122</x:v>
       </x:c>
       <x:c r="O3" s="0" t="n">
-        <x:v>-0.0906287098</x:v>
+        <x:v>-0.0906271988</x:v>
       </x:c>
       <x:c r="P3" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q3" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T3" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U3" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V3" s="0" t="n">
-        <x:v>10123.1477217041</x:v>
+        <x:v>10120.7459749455</x:v>
       </x:c>
       <x:c r="W3" s="0" t="n">
-        <x:v>0.0123147722</x:v>
+        <x:v>0.0120745975</x:v>
       </x:c>
       <x:c r="Z3" s="0" t="n">
-        <x:v>10958.319704432</x:v>
+        <x:v>10951.8442427452</x:v>
       </x:c>
       <x:c r="AA3" s="0" t="n">
-        <x:v>0.0184712953</x:v>
+        <x:v>0.0183509004</x:v>
       </x:c>
       <x:c r="AB3" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC3" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF3" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG3" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:33">
       <x:c r="A4" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I4" s="1">
-        <x:v>45625</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
-        <x:v>6101.5458473774</x:v>
+        <x:v>6102.0480564858</x:v>
       </x:c>
       <x:c r="K4" s="0" t="n">
-        <x:v>-0.3898454153</x:v>
+        <x:v>-0.3897951944</x:v>
       </x:c>
       <x:c r="N4" s="0" t="n">
-        <x:v>6218.8460081122</x:v>
+        <x:v>7144.6524817721</x:v>
       </x:c>
       <x:c r="O4" s="0" t="n">
-        <x:v>-0.0906271988</x:v>
+        <x:v>-0.0650331306</x:v>
       </x:c>
       <x:c r="P4" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q4" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T4" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U4" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V4" s="0" t="n">
-        <x:v>10120.7459749455</x:v>
+        <x:v>10123.1477217041</x:v>
       </x:c>
       <x:c r="W4" s="0" t="n">
-        <x:v>0.0120745975</x:v>
+        <x:v>0.0123147722</x:v>
       </x:c>
       <x:c r="Z4" s="0" t="n">
-        <x:v>10951.8442427452</x:v>
+        <x:v>10946.7864068355</x:v>
       </x:c>
       <x:c r="AA4" s="0" t="n">
-        <x:v>0.0183509004</x:v>
+        <x:v>0.018256823</x:v>
       </x:c>
       <x:c r="AB4" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC4" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF4" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG4" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:33">
       <x:c r="A5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I5" s="1">
-        <x:v>45656</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
-        <x:v>6102.0480564858</x:v>
+        <x:v>6103.1689793693</x:v>
       </x:c>
       <x:c r="K5" s="0" t="n">
-        <x:v>-0.3897951944</x:v>
+        <x:v>-0.3896831021</x:v>
       </x:c>
       <x:c r="N5" s="0" t="n">
-        <x:v>7144.6524817721</x:v>
+        <x:v>7198.3108585784</x:v>
       </x:c>
       <x:c r="O5" s="0" t="n">
-        <x:v>-0.0650331306</x:v>
+        <x:v>-0.0636329571</x:v>
       </x:c>
       <x:c r="P5" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q5" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T5" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U5" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V5" s="0" t="n">
         <x:v>10123.1477217041</x:v>
       </x:c>
       <x:c r="W5" s="0" t="n">
         <x:v>0.0123147722</x:v>
       </x:c>
       <x:c r="Z5" s="0" t="n">
-        <x:v>10946.7864068355</x:v>
+        <x:v>10916.7491693851</x:v>
       </x:c>
       <x:c r="AA5" s="0" t="n">
-        <x:v>0.018256823</x:v>
+        <x:v>0.0176974032</x:v>
       </x:c>
       <x:c r="AB5" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC5" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF5" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG5" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:33">
       <x:c r="A6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I6" s="1">
-        <x:v>45688</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
-        <x:v>6103.1689793693</x:v>
+        <x:v>6726.2120597249</x:v>
       </x:c>
       <x:c r="K6" s="0" t="n">
-        <x:v>-0.3896831021</x:v>
+        <x:v>-0.327378794</x:v>
       </x:c>
       <x:c r="N6" s="0" t="n">
-        <x:v>7198.3108585784</x:v>
+        <x:v>7263.5960638013</x:v>
       </x:c>
       <x:c r="O6" s="0" t="n">
-        <x:v>-0.0636329571</x:v>
+        <x:v>-0.0619406061</x:v>
       </x:c>
       <x:c r="P6" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q6" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T6" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U6" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V6" s="0" t="n">
-        <x:v>10123.1477217041</x:v>
+        <x:v>10129.7579165228</x:v>
       </x:c>
       <x:c r="W6" s="0" t="n">
-        <x:v>0.0123147722</x:v>
+        <x:v>0.0129757917</x:v>
       </x:c>
       <x:c r="Z6" s="0" t="n">
         <x:v>10916.7491693851</x:v>
       </x:c>
       <x:c r="AA6" s="0" t="n">
         <x:v>0.0176974032</x:v>
       </x:c>
       <x:c r="AB6" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC6" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF6" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG6" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:33">
       <x:c r="A7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I7" s="1">
-        <x:v>45716</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
-        <x:v>6726.2120597249</x:v>
+        <x:v>7782.3774414978</x:v>
       </x:c>
       <x:c r="K7" s="0" t="n">
-        <x:v>-0.327378794</x:v>
+        <x:v>-0.2217622559</x:v>
       </x:c>
       <x:c r="N7" s="0" t="n">
-        <x:v>7263.5960638013</x:v>
+        <x:v>7505.4394436963</x:v>
       </x:c>
       <x:c r="O7" s="0" t="n">
-        <x:v>-0.0619406061</x:v>
+        <x:v>-0.0557755868</x:v>
       </x:c>
       <x:c r="P7" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q7" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T7" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U7" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V7" s="0" t="n">
         <x:v>10129.7579165228</x:v>
       </x:c>
       <x:c r="W7" s="0" t="n">
         <x:v>0.0129757917</x:v>
       </x:c>
       <x:c r="Z7" s="0" t="n">
-        <x:v>10916.7491693851</x:v>
+        <x:v>10922.1170885141</x:v>
       </x:c>
       <x:c r="AA7" s="0" t="n">
-        <x:v>0.0176974032</x:v>
+        <x:v>0.0177974667</x:v>
       </x:c>
       <x:c r="AB7" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC7" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF7" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG7" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:33">
       <x:c r="A8" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I8" s="1">
-        <x:v>45747</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
-        <x:v>7782.3774414978</x:v>
+        <x:v>7775.3246285535</x:v>
       </x:c>
       <x:c r="K8" s="0" t="n">
-        <x:v>-0.2217622559</x:v>
+        <x:v>-0.2224675371</x:v>
       </x:c>
       <x:c r="N8" s="0" t="n">
-        <x:v>7505.4394436963</x:v>
+        <x:v>7503.4769107057</x:v>
       </x:c>
       <x:c r="O8" s="0" t="n">
-        <x:v>-0.0557755868</x:v>
+        <x:v>-0.0558249714</x:v>
       </x:c>
       <x:c r="P8" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q8" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T8" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U8" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V8" s="0" t="n">
-        <x:v>10129.7579165228</x:v>
+        <x:v>10143.8969109566</x:v>
       </x:c>
       <x:c r="W8" s="0" t="n">
-        <x:v>0.0129757917</x:v>
+        <x:v>0.0143896911</x:v>
       </x:c>
       <x:c r="Z8" s="0" t="n">
-        <x:v>10922.1170885141</x:v>
+        <x:v>10946.7864068355</x:v>
       </x:c>
       <x:c r="AA8" s="0" t="n">
-        <x:v>0.0177974667</x:v>
+        <x:v>0.018256823</x:v>
       </x:c>
       <x:c r="AB8" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC8" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF8" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG8" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:33">
       <x:c r="A9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I9" s="1">
-        <x:v>45777</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
-        <x:v>7775.3246285535</x:v>
+        <x:v>7775.1302734704</x:v>
       </x:c>
       <x:c r="K9" s="0" t="n">
-        <x:v>-0.2224675371</x:v>
+        <x:v>-0.2224869727</x:v>
       </x:c>
       <x:c r="N9" s="0" t="n">
-        <x:v>7503.4769107057</x:v>
+        <x:v>7503.4707322715</x:v>
       </x:c>
       <x:c r="O9" s="0" t="n">
-        <x:v>-0.0558249714</x:v>
+        <x:v>-0.0558251269</x:v>
       </x:c>
       <x:c r="P9" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q9" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T9" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U9" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V9" s="0" t="n">
-        <x:v>10143.8969109566</x:v>
+        <x:v>10156.4513510574</x:v>
       </x:c>
       <x:c r="W9" s="0" t="n">
-        <x:v>0.0143896911</x:v>
+        <x:v>0.0156451351</x:v>
       </x:c>
       <x:c r="Z9" s="0" t="n">
         <x:v>10946.7864068355</x:v>
       </x:c>
       <x:c r="AA9" s="0" t="n">
         <x:v>0.018256823</x:v>
       </x:c>
       <x:c r="AB9" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC9" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF9" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG9" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:33">
       <x:c r="A10" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I10" s="1">
-        <x:v>45807</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
-        <x:v>7775.1302734704</x:v>
+        <x:v>7773.8824454006</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
-        <x:v>-0.2224869727</x:v>
+        <x:v>-0.2226117555</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
-        <x:v>7503.4707322715</x:v>
+        <x:v>7503.1851094118</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
-        <x:v>-0.0558251269</x:v>
+        <x:v>-0.0558323151</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T10" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U10" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V10" s="0" t="n">
         <x:v>10156.4513510574</x:v>
       </x:c>
       <x:c r="W10" s="0" t="n">
         <x:v>0.0156451351</x:v>
       </x:c>
       <x:c r="Z10" s="0" t="n">
         <x:v>10946.7864068355</x:v>
       </x:c>
       <x:c r="AA10" s="0" t="n">
         <x:v>0.018256823</x:v>
       </x:c>
@@ -1362,320 +1362,394 @@
       </x:c>
     </x:row>
     <x:row r="11" spans="1:33">
       <x:c r="A11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I11" s="1">
-        <x:v>45838</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
-        <x:v>7773.8824454006</x:v>
+        <x:v>7773.9656953672</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
-        <x:v>-0.2226117555</x:v>
+        <x:v>-0.2226034305</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
-        <x:v>7503.1851094118</x:v>
+        <x:v>7503.2357467435</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
-        <x:v>-0.0558323151</x:v>
+        <x:v>-0.0558310407</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T11" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U11" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V11" s="0" t="n">
         <x:v>10156.4513510574</x:v>
       </x:c>
       <x:c r="W11" s="0" t="n">
         <x:v>0.0156451351</x:v>
       </x:c>
       <x:c r="Z11" s="0" t="n">
-        <x:v>10946.7864068355</x:v>
+        <x:v>10936.8258378894</x:v>
       </x:c>
       <x:c r="AA11" s="0" t="n">
-        <x:v>0.018256823</x:v>
+        <x:v>0.0180714515</x:v>
       </x:c>
       <x:c r="AB11" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC11" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF11" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG11" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:33">
       <x:c r="A12" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I12" s="1">
-        <x:v>45869</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
-        <x:v>7773.9656953672</x:v>
+        <x:v>7774.3616150096</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
-        <x:v>-0.2226034305</x:v>
+        <x:v>-0.2225638385</x:v>
       </x:c>
       <x:c r="N12" s="0" t="n">
-        <x:v>7503.2357467435</x:v>
+        <x:v>7503.3457047682</x:v>
       </x:c>
       <x:c r="O12" s="0" t="n">
-        <x:v>-0.0558310407</x:v>
+        <x:v>-0.0558282734</x:v>
       </x:c>
       <x:c r="P12" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T12" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
       <x:c r="U12" s="0" t="n">
         <x:v>-0.0011662685</x:v>
       </x:c>
       <x:c r="V12" s="0" t="n">
         <x:v>10156.4513510574</x:v>
       </x:c>
       <x:c r="W12" s="0" t="n">
         <x:v>0.0156451351</x:v>
       </x:c>
       <x:c r="Z12" s="0" t="n">
-        <x:v>10936.8258378894</x:v>
+        <x:v>10922.1170885141</x:v>
       </x:c>
       <x:c r="AA12" s="0" t="n">
-        <x:v>0.0180714515</x:v>
+        <x:v>0.0177974667</x:v>
       </x:c>
       <x:c r="AB12" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC12" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF12" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG12" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:33">
       <x:c r="A13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I13" s="1">
-        <x:v>45898</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
-        <x:v>7774.3616150096</x:v>
+        <x:v>7773.9921731964</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
-        <x:v>-0.2225638385</x:v>
+        <x:v>-0.2226007827</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
-        <x:v>7503.3457047682</x:v>
+        <x:v>7503.2906728275</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
-        <x:v>-0.0558282734</x:v>
+        <x:v>-0.0558296584</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T13" s="0" t="n">
-        <x:v>9941.8224355901</x:v>
+        <x:v>9846.4698857267</x:v>
       </x:c>
       <x:c r="U13" s="0" t="n">
-        <x:v>-0.0011662685</x:v>
+        <x:v>-0.0030896351</x:v>
       </x:c>
       <x:c r="V13" s="0" t="n">
-        <x:v>10156.4513510574</x:v>
+        <x:v>10143.8969109566</x:v>
       </x:c>
       <x:c r="W13" s="0" t="n">
-        <x:v>0.0156451351</x:v>
+        <x:v>0.0143896911</x:v>
       </x:c>
       <x:c r="Z13" s="0" t="n">
-        <x:v>10922.1170885141</x:v>
+        <x:v>10916.7491693851</x:v>
       </x:c>
       <x:c r="AA13" s="0" t="n">
-        <x:v>0.0177974667</x:v>
+        <x:v>0.0176974032</x:v>
       </x:c>
       <x:c r="AB13" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC13" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF13" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG13" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:33">
       <x:c r="A14" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D14" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G14" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H14" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I14" s="1">
-        <x:v>45930</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="J14" s="0" t="n">
-        <x:v>7773.9921731964</x:v>
+        <x:v>7774.3991032886</x:v>
       </x:c>
       <x:c r="K14" s="0" t="n">
-        <x:v>-0.2226007827</x:v>
+        <x:v>-0.2225600897</x:v>
       </x:c>
       <x:c r="N14" s="0" t="n">
-        <x:v>7503.2906728275</x:v>
+        <x:v>7503.4305315191</x:v>
       </x:c>
       <x:c r="O14" s="0" t="n">
-        <x:v>-0.0558296584</x:v>
+        <x:v>-0.0558261386</x:v>
       </x:c>
       <x:c r="P14" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q14" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T14" s="0" t="n">
-        <x:v>9846.4698857267</x:v>
+        <x:v>9816.1791456206</x:v>
       </x:c>
       <x:c r="U14" s="0" t="n">
-        <x:v>-0.0030896351</x:v>
+        <x:v>-0.0037037512</x:v>
       </x:c>
       <x:c r="V14" s="0" t="n">
         <x:v>10143.8969109566</x:v>
       </x:c>
       <x:c r="W14" s="0" t="n">
         <x:v>0.0143896911</x:v>
       </x:c>
       <x:c r="Z14" s="0" t="n">
-        <x:v>10916.7491693851</x:v>
+        <x:v>10887.5171076958</x:v>
       </x:c>
       <x:c r="AA14" s="0" t="n">
-        <x:v>0.0176974032</x:v>
+        <x:v>0.0171517956</x:v>
       </x:c>
       <x:c r="AB14" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC14" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF14" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG14" s="0" t="n">
+        <x:v>0.0431234407</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:33">
+      <x:c r="A15" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I15" s="1">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>7774.4460779628</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="n">
+        <x:v>-0.2225553922</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="n">
+        <x:v>7503.4496313246</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="n">
+        <x:v>-0.0558256579</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="n">
+        <x:v>8557.8384711695</x:v>
+      </x:c>
+      <x:c r="Q15" s="0" t="n">
+        <x:v>-0.1442161529</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>9813.2746545366</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>-0.0037627166</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>10129.7579165228</x:v>
+      </x:c>
+      <x:c r="W15" s="0" t="n">
+        <x:v>0.0129757917</x:v>
+      </x:c>
+      <x:c r="Z15" s="0" t="n">
+        <x:v>10887.5171076958</x:v>
+      </x:c>
+      <x:c r="AA15" s="0" t="n">
+        <x:v>0.0171517956</x:v>
+      </x:c>
+      <x:c r="AB15" s="0" t="n">
+        <x:v>11163.7850832399</x:v>
+      </x:c>
+      <x:c r="AC15" s="0" t="n">
+        <x:v>0.1163785083</x:v>
+      </x:c>
+      <x:c r="AF15" s="0" t="n">
+        <x:v>12350.3289184459</x:v>
+      </x:c>
+      <x:c r="AG15" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>