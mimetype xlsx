--- v1 (2025-12-16)
+++ v2 (2026-02-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7618fa9df640b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c7db00f592fb4041a38bf78826b1e91e.psmdcp" Id="R7ada402e35e849cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc273cd2f88ec48d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3843071ca3de440eb33f7cdcf922d7ae.psmdcp" Id="R145525af65714dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG15" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG15"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG17" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG17"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG15"/>
+  <x:dimension ref="A1:AG17"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="21.760625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.380625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -1137,51 +1137,51 @@
       </x:c>
       <x:c r="AG7" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:33">
       <x:c r="A8" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I8" s="1">
         <x:v>45777</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
         <x:v>7775.3246285535</x:v>
       </x:c>
       <x:c r="K8" s="0" t="n">
         <x:v>-0.2224675371</x:v>
       </x:c>
       <x:c r="N8" s="0" t="n">
         <x:v>7503.4769107057</x:v>
       </x:c>
       <x:c r="O8" s="0" t="n">
         <x:v>-0.0558249714</x:v>
       </x:c>
       <x:c r="P8" s="0" t="n">
         <x:v>8557.8384711695</x:v>
       </x:c>
       <x:c r="Q8" s="0" t="n">
         <x:v>-0.1442161529</x:v>
       </x:c>
       <x:c r="T8" s="0" t="n">
         <x:v>9941.8224355901</x:v>
       </x:c>
@@ -1706,50 +1706,198 @@
       <x:c r="U15" s="0" t="n">
         <x:v>-0.0037627166</x:v>
       </x:c>
       <x:c r="V15" s="0" t="n">
         <x:v>10129.7579165228</x:v>
       </x:c>
       <x:c r="W15" s="0" t="n">
         <x:v>0.0129757917</x:v>
       </x:c>
       <x:c r="Z15" s="0" t="n">
         <x:v>10887.5171076958</x:v>
       </x:c>
       <x:c r="AA15" s="0" t="n">
         <x:v>0.0171517956</x:v>
       </x:c>
       <x:c r="AB15" s="0" t="n">
         <x:v>11163.7850832399</x:v>
       </x:c>
       <x:c r="AC15" s="0" t="n">
         <x:v>0.1163785083</x:v>
       </x:c>
       <x:c r="AF15" s="0" t="n">
         <x:v>12350.3289184459</x:v>
       </x:c>
       <x:c r="AG15" s="0" t="n">
+        <x:v>0.0431234407</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:33">
+      <x:c r="A16" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I16" s="1">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>7774.6267099392</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="n">
+        <x:v>-0.222537329</x:v>
+      </x:c>
+      <x:c r="N16" s="0" t="n">
+        <x:v>7503.5038963205</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="n">
+        <x:v>-0.0558242923</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="n">
+        <x:v>8557.8384711695</x:v>
+      </x:c>
+      <x:c r="Q16" s="0" t="n">
+        <x:v>-0.1442161529</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>9741.4281801362</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>-0.005225769</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>10129.7579165228</x:v>
+      </x:c>
+      <x:c r="W16" s="0" t="n">
+        <x:v>0.0129757917</x:v>
+      </x:c>
+      <x:c r="Z16" s="0" t="n">
+        <x:v>10879.7527300097</x:v>
+      </x:c>
+      <x:c r="AA16" s="0" t="n">
+        <x:v>0.0170066788</x:v>
+      </x:c>
+      <x:c r="AB16" s="0" t="n">
+        <x:v>11163.7850832399</x:v>
+      </x:c>
+      <x:c r="AC16" s="0" t="n">
+        <x:v>0.1163785083</x:v>
+      </x:c>
+      <x:c r="AF16" s="0" t="n">
+        <x:v>12350.3289184459</x:v>
+      </x:c>
+      <x:c r="AG16" s="0" t="n">
+        <x:v>0.0431234407</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:33">
+      <x:c r="A17" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I17" s="1">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="J17" s="0" t="n">
+        <x:v>7774.5513791108</x:v>
+      </x:c>
+      <x:c r="K17" s="0" t="n">
+        <x:v>-0.2225448621</x:v>
+      </x:c>
+      <x:c r="N17" s="0" t="n">
+        <x:v>7503.5046058362</x:v>
+      </x:c>
+      <x:c r="O17" s="0" t="n">
+        <x:v>-0.0558242744</x:v>
+      </x:c>
+      <x:c r="P17" s="0" t="n">
+        <x:v>8557.8384711695</x:v>
+      </x:c>
+      <x:c r="Q17" s="0" t="n">
+        <x:v>-0.1442161529</x:v>
+      </x:c>
+      <x:c r="T17" s="0" t="n">
+        <x:v>9732.7571322842</x:v>
+      </x:c>
+      <x:c r="U17" s="0" t="n">
+        <x:v>-0.005402926</x:v>
+      </x:c>
+      <x:c r="V17" s="0" t="n">
+        <x:v>10120.7459749455</x:v>
+      </x:c>
+      <x:c r="W17" s="0" t="n">
+        <x:v>0.0120745975</x:v>
+      </x:c>
+      <x:c r="Z17" s="0" t="n">
+        <x:v>10855.2792190728</x:v>
+      </x:c>
+      <x:c r="AA17" s="0" t="n">
+        <x:v>0.0165487245</x:v>
+      </x:c>
+      <x:c r="AB17" s="0" t="n">
+        <x:v>11163.7850832399</x:v>
+      </x:c>
+      <x:c r="AC17" s="0" t="n">
+        <x:v>0.1163785083</x:v>
+      </x:c>
+      <x:c r="AF17" s="0" t="n">
+        <x:v>12350.3289184459</x:v>
+      </x:c>
+      <x:c r="AG17" s="0" t="n">
         <x:v>0.0431234407</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>