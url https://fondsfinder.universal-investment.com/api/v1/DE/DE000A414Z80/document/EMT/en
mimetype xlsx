--- v0 (2025-12-11)
+++ v1 (2026-03-14)
@@ -1,9303 +1,1446 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5eeb0482d724bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6242a34977da478aa68c9bddcc1482c3.psmdcp" Id="Rf2adcd942b044146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...36 lines deleted...]
-</workbook>
+<x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:workbookPr codeName="ThisWorkbook"/>
+  <x:bookViews>
+    <x:workbookView firstSheet="0" activeTab="0"/>
+  </x:bookViews>
+  <x:sheets>
+    <x:sheet name="Table 1" sheetId="2" r:id="rId2"/>
+  </x:sheets>
+  <x:definedNames/>
+  <x:calcPr calcId="125725"/>
+</x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="107">
-[...321 lines deleted...]
-</sst>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="111">
+  <x:si>
+    <x:t>00001_EMT_Version</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00002_EMT_Producer_Name</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00003_EMT_Producer_LEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00004_EMT_Producer_Email</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00005_File_Generation_Date_and_Time</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00006_EMT_Data_Reporting_Target_Market</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00007_EMT_Data_Reporting_Ex_Ante</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00008_EMT_Data_Reporting_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00010_Financial_Instrument_Identifying_Data</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00020_Type_Of_Identification_Code_For_The_Financial_Instrument</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00030_Financial_Instrument_Name</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00040_Financial_Instrument_Currency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00045_Financial_Instrument_Performance_Fee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00047_Financial_Instrument_Distribution_Of_Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00050_General_Reference_Date</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00060_Financial_Instrument_Product_Type</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00065_Maturity_Date</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00067_May_Be_Terminated_Early</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00070_Financial_Instrument_Manufacturer_Name</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00073_Financial_Instrument_Manufacturer_LEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00074_Financial_Instrument_Manufacturer_Email</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00075_Financial_Instrument_Manufacturer_Product_Governance_Process</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00080_Financial_Instrument_Guarantor_Name</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00085_Financial_Instrument_Type_Notional_Or_Item_Based</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00090_Product_Category_Or_Nature_Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00095_Structured_Securities_Product_Category_or_Nature</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00096_Structured_Securities_Quotation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00100_Leveraged_Financial_Instrument_or_Contingent_Liability_Instrument</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00110_Fund_Share_Class_Without_Retrocession</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00120_Ex_Post_Cost_Calculation_Basis_Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01000_Target_Market_Reference_Date</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01010_Investor_Type_Retail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01020_Investor_Type_Professional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01030_Investor_Type_Eligible_Counterparty</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02010_Basic_Investor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02020_Informed_Investor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02030_Advanced_Investor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02040_Expert_Investor_Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03010_Compatible_With_Clients_Who_Can_Not_Bear_Capital_Loss</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03020_Compatible_With_Clients_Who_Can_Bear_Limited_Capital_Loss</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03030_Limited_Capital_Loss_Level</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03040_Compatible_With_Clients_Who_Do_Not_Need_Capital_Guarantee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03050_Compatible_With_Clients_Who_Can_Bear_Loss_Beyond_Capital</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04010_Risk_Tolerance_PRIIPS_Methodology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04020_Risk_Tolerance_UCITS_Methodology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04030_Risk_Tolerance_Internal_Methodology_For_Non_PRIIPS_and_Non_UCITS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04040_Risk_Tolerance_For_Non_PRIIPS_and_Non_UCITS_Spain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04050_Not_For_Investors_With_The_Lowest_Risk_Tolerance_Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05010_Return_Profile_Client_Looking_For_Preservation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05020_Return_Profile_Client_Looking_For_Capital_Growth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05030_Return_Profile_Client_Looking_For_Income</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05040_Return_Profile_Hedging</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05050_Option_or_Leveraged_Return_Profile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05070_Return_Profile_Pension_Scheme_Germany</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05080_Minimum_Recommended_Holding_Period</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105_Does_This_Financial_Instrument_Consider_End_Client_Sustainability_Preferences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05115_Other_Specific_Investment_Need</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06010_Execution_Only</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06020_Execution_With_Appropriateness_Test_Or_Non_Advised_Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06030_Investment_Advice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06040_Portfolio_Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07020_Gross_One-off_Cost_Financial_Instrument_Maximum_Entry_Cost_Non_Acquired</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07025_Net_One-off_Cost_Structured_Products_Entry_Cost_Non_Acquired</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07030_One-off_Cost_Financial_Instrument_Maximum_Entry_Cost_Fixed_Amount_Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07040_One-off_Cost_Financial_Instrument_Maximum_Entry_Cost_Acquired</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07050_One-off_Costs_Financial_Instrument_Maximum_Exit_Cost_Non_Acquired</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07060_One-off_Costs_Financial_Instrument_Maximum_Exit_Cost_Fixed_Amount_Italy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07070_One-off_Costs_Financial_Instrument_Maximum_Exit_Cost_Acquired</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07080_One-off_Costs_Financial_Instrument_Typical_Exit_Cost</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07090_One-off_Cost_Financial_Instrument_Exit_Cost_Structured_Products_Prior_RHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07100_Financial_Instrument_Gross_Ongoing_costs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07105_Financial_Instrument_Borrowing_Costs_Ex_Ante_UK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07110_Financial_Instrument_Management_Fee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07120_Financial_Instrument_Distribution_Fee</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07130_Financial_Instrument_Transaction_Costs_Ex_Ante</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07140_Financial_Instrument_Incidental_Costs_Ex_Ante</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07150_Structured_Securities_Reference_Price_Ex_Ante</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07155_Structured_Securities_Notional_Reference_Amount_Ex_Ante</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07160_Ex_Ante_Costs_Reference_Date</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08010_Gross_One-off_Cost_Structured_Securities_Entry_Cost_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08015_Net_One-off_Cost_Structured_Securities_Entry_Cost_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08020_One-off_Costs_Structured_Securities_Exit_Cost_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08025_One-off_Cost_Financial_Instrument_Entry_Cost_Acquired</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08030_Financial_Instrument_Ongoing_Costs_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08040_Structured_Securities_Ongoing_Costs_Ex_Post_Accumulated</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08045_Financial_Instrument_Borrowing_Costs_Ex_Post_UK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08050_Financial_Instrument_Management_Fee_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08060_Financial_Instrument_Distribution_Fee_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08070_Financial_Instrument_Transaction_Costs_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08080_Financial_Instrument_Incidental_Costs_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08090_Beginning_Of_Reference_Period</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08100_End_Of_Reference_Period</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08110_Structured_Securities_Reference_Price_Ex_Post</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08120_Structured_Securities_Notional_Reference_Amount</x:t>
+  </x:si>
+  <x:si>
+    <x:t>V4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026-03-09 01:00:04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Y</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE000A414Z80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DUI Wertefinder Anteilklasse IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EUR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2026-02-27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Universal-Investment-Gesellschaft mbH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neutral</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-12-31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025-04-14</x:t>
+  </x:si>
+</x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...174 lines deleted...]
-</styleSheet>
+<x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:numFmts count="1">
+    <x:numFmt numFmtId="0" formatCode=""/>
+  </x:numFmts>
+  <x:fonts count="1">
+    <x:font>
+      <x:vertAlign val="baseline"/>
+      <x:sz val="11"/>
+      <x:color rgb="FF000000"/>
+      <x:name val="Calibri"/>
+      <x:family val="2"/>
+    </x:font>
+  </x:fonts>
+  <x:fills count="2">
+    <x:fill>
+      <x:patternFill patternType="none"/>
+    </x:fill>
+    <x:fill>
+      <x:patternFill patternType="gray125"/>
+    </x:fill>
+  </x:fills>
+  <x:borders count="1">
+    <x:border diagonalUp="0" diagonalDown="0">
+      <x:left style="none">
+        <x:color rgb="FF000000"/>
+      </x:left>
+      <x:right style="none">
+        <x:color rgb="FF000000"/>
+      </x:right>
+      <x:top style="none">
+        <x:color rgb="FF000000"/>
+      </x:top>
+      <x:bottom style="none">
+        <x:color rgb="FF000000"/>
+      </x:bottom>
+      <x:diagonal style="none">
+        <x:color rgb="FF000000"/>
+      </x:diagonal>
+    </x:border>
+  </x:borders>
+  <x:cellStyleXfs count="1">
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+  </x:cellStyleXfs>
+  <x:cellXfs count="1">
+    <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
+      <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <x:protection locked="1" hidden="0"/>
+    </x:xf>
+  </x:cellXfs>
+  <x:cellStyles count="1">
+    <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
+  </x:cellStyles>
+</x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:CP2" totalsRowShown="0">
+  <x:autoFilter ref="A1:CP2"/>
+  <x:tableColumns count="94">
+    <x:tableColumn id="1" name="00001_EMT_Version"/>
+    <x:tableColumn id="2" name="00002_EMT_Producer_Name"/>
+    <x:tableColumn id="3" name="00003_EMT_Producer_LEI"/>
+    <x:tableColumn id="4" name="00004_EMT_Producer_Email"/>
+    <x:tableColumn id="5" name="00005_File_Generation_Date_and_Time"/>
+    <x:tableColumn id="6" name="00006_EMT_Data_Reporting_Target_Market"/>
+    <x:tableColumn id="7" name="00007_EMT_Data_Reporting_Ex_Ante"/>
+    <x:tableColumn id="8" name="00008_EMT_Data_Reporting_Ex_Post"/>
+    <x:tableColumn id="9" name="00010_Financial_Instrument_Identifying_Data"/>
+    <x:tableColumn id="10" name="00020_Type_Of_Identification_Code_For_The_Financial_Instrument"/>
+    <x:tableColumn id="11" name="00030_Financial_Instrument_Name"/>
+    <x:tableColumn id="12" name="00040_Financial_Instrument_Currency"/>
+    <x:tableColumn id="13" name="00045_Financial_Instrument_Performance_Fee"/>
+    <x:tableColumn id="14" name="00047_Financial_Instrument_Distribution_Of_Cash"/>
+    <x:tableColumn id="15" name="00050_General_Reference_Date"/>
+    <x:tableColumn id="16" name="00060_Financial_Instrument_Product_Type"/>
+    <x:tableColumn id="17" name="00065_Maturity_Date"/>
+    <x:tableColumn id="18" name="00067_May_Be_Terminated_Early"/>
+    <x:tableColumn id="19" name="00070_Financial_Instrument_Manufacturer_Name"/>
+    <x:tableColumn id="20" name="00073_Financial_Instrument_Manufacturer_LEI"/>
+    <x:tableColumn id="21" name="00074_Financial_Instrument_Manufacturer_Email"/>
+    <x:tableColumn id="22" name="00075_Financial_Instrument_Manufacturer_Product_Governance_Process"/>
+    <x:tableColumn id="23" name="00080_Financial_Instrument_Guarantor_Name"/>
+    <x:tableColumn id="24" name="00085_Financial_Instrument_Type_Notional_Or_Item_Based"/>
+    <x:tableColumn id="25" name="00090_Product_Category_Or_Nature_Germany"/>
+    <x:tableColumn id="26" name="00095_Structured_Securities_Product_Category_or_Nature"/>
+    <x:tableColumn id="27" name="00096_Structured_Securities_Quotation"/>
+    <x:tableColumn id="28" name="00100_Leveraged_Financial_Instrument_or_Contingent_Liability_Instrument"/>
+    <x:tableColumn id="29" name="00110_Fund_Share_Class_Without_Retrocession"/>
+    <x:tableColumn id="30" name="00120_Ex_Post_Cost_Calculation_Basis_Italy"/>
+    <x:tableColumn id="31" name="01000_Target_Market_Reference_Date"/>
+    <x:tableColumn id="32" name="01010_Investor_Type_Retail"/>
+    <x:tableColumn id="33" name="01020_Investor_Type_Professional"/>
+    <x:tableColumn id="34" name="01030_Investor_Type_Eligible_Counterparty"/>
+    <x:tableColumn id="35" name="02010_Basic_Investor"/>
+    <x:tableColumn id="36" name="02020_Informed_Investor"/>
+    <x:tableColumn id="37" name="02030_Advanced_Investor"/>
+    <x:tableColumn id="38" name="02040_Expert_Investor_Germany"/>
+    <x:tableColumn id="39" name="03010_Compatible_With_Clients_Who_Can_Not_Bear_Capital_Loss"/>
+    <x:tableColumn id="40" name="03020_Compatible_With_Clients_Who_Can_Bear_Limited_Capital_Loss"/>
+    <x:tableColumn id="41" name="03030_Limited_Capital_Loss_Level"/>
+    <x:tableColumn id="42" name="03040_Compatible_With_Clients_Who_Do_Not_Need_Capital_Guarantee"/>
+    <x:tableColumn id="43" name="03050_Compatible_With_Clients_Who_Can_Bear_Loss_Beyond_Capital"/>
+    <x:tableColumn id="44" name="04010_Risk_Tolerance_PRIIPS_Methodology"/>
+    <x:tableColumn id="45" name="04020_Risk_Tolerance_UCITS_Methodology"/>
+    <x:tableColumn id="46" name="04030_Risk_Tolerance_Internal_Methodology_For_Non_PRIIPS_and_Non_UCITS"/>
+    <x:tableColumn id="47" name="04040_Risk_Tolerance_For_Non_PRIIPS_and_Non_UCITS_Spain"/>
+    <x:tableColumn id="48" name="04050_Not_For_Investors_With_The_Lowest_Risk_Tolerance_Germany"/>
+    <x:tableColumn id="49" name="05010_Return_Profile_Client_Looking_For_Preservation"/>
+    <x:tableColumn id="50" name="05020_Return_Profile_Client_Looking_For_Capital_Growth"/>
+    <x:tableColumn id="51" name="05030_Return_Profile_Client_Looking_For_Income"/>
+    <x:tableColumn id="52" name="05040_Return_Profile_Hedging"/>
+    <x:tableColumn id="53" name="05050_Option_or_Leveraged_Return_Profile"/>
+    <x:tableColumn id="54" name="05070_Return_Profile_Pension_Scheme_Germany"/>
+    <x:tableColumn id="55" name="05080_Minimum_Recommended_Holding_Period"/>
+    <x:tableColumn id="56" name="05105_Does_This_Financial_Instrument_Consider_End_Client_Sustainability_Preferences"/>
+    <x:tableColumn id="57" name="05115_Other_Specific_Investment_Need"/>
+    <x:tableColumn id="58" name="06010_Execution_Only"/>
+    <x:tableColumn id="59" name="06020_Execution_With_Appropriateness_Test_Or_Non_Advised_Services"/>
+    <x:tableColumn id="60" name="06030_Investment_Advice"/>
+    <x:tableColumn id="61" name="06040_Portfolio_Management"/>
+    <x:tableColumn id="62" name="07020_Gross_One-off_Cost_Financial_Instrument_Maximum_Entry_Cost_Non_Acquired"/>
+    <x:tableColumn id="63" name="07025_Net_One-off_Cost_Structured_Products_Entry_Cost_Non_Acquired"/>
+    <x:tableColumn id="64" name="07030_One-off_Cost_Financial_Instrument_Maximum_Entry_Cost_Fixed_Amount_Italy"/>
+    <x:tableColumn id="65" name="07040_One-off_Cost_Financial_Instrument_Maximum_Entry_Cost_Acquired"/>
+    <x:tableColumn id="66" name="07050_One-off_Costs_Financial_Instrument_Maximum_Exit_Cost_Non_Acquired"/>
+    <x:tableColumn id="67" name="07060_One-off_Costs_Financial_Instrument_Maximum_Exit_Cost_Fixed_Amount_Italy"/>
+    <x:tableColumn id="68" name="07070_One-off_Costs_Financial_Instrument_Maximum_Exit_Cost_Acquired"/>
+    <x:tableColumn id="69" name="07080_One-off_Costs_Financial_Instrument_Typical_Exit_Cost"/>
+    <x:tableColumn id="70" name="07090_One-off_Cost_Financial_Instrument_Exit_Cost_Structured_Products_Prior_RHP"/>
+    <x:tableColumn id="71" name="07100_Financial_Instrument_Gross_Ongoing_costs"/>
+    <x:tableColumn id="72" name="07105_Financial_Instrument_Borrowing_Costs_Ex_Ante_UK"/>
+    <x:tableColumn id="73" name="07110_Financial_Instrument_Management_Fee"/>
+    <x:tableColumn id="74" name="07120_Financial_Instrument_Distribution_Fee"/>
+    <x:tableColumn id="75" name="07130_Financial_Instrument_Transaction_Costs_Ex_Ante"/>
+    <x:tableColumn id="76" name="07140_Financial_Instrument_Incidental_Costs_Ex_Ante"/>
+    <x:tableColumn id="77" name="07150_Structured_Securities_Reference_Price_Ex_Ante"/>
+    <x:tableColumn id="78" name="07155_Structured_Securities_Notional_Reference_Amount_Ex_Ante"/>
+    <x:tableColumn id="79" name="07160_Ex_Ante_Costs_Reference_Date"/>
+    <x:tableColumn id="80" name="08010_Gross_One-off_Cost_Structured_Securities_Entry_Cost_Ex_Post"/>
+    <x:tableColumn id="81" name="08015_Net_One-off_Cost_Structured_Securities_Entry_Cost_Ex_Post"/>
+    <x:tableColumn id="82" name="08020_One-off_Costs_Structured_Securities_Exit_Cost_Ex_Post"/>
+    <x:tableColumn id="83" name="08025_One-off_Cost_Financial_Instrument_Entry_Cost_Acquired"/>
+    <x:tableColumn id="84" name="08030_Financial_Instrument_Ongoing_Costs_Ex_Post"/>
+    <x:tableColumn id="85" name="08040_Structured_Securities_Ongoing_Costs_Ex_Post_Accumulated"/>
+    <x:tableColumn id="86" name="08045_Financial_Instrument_Borrowing_Costs_Ex_Post_UK"/>
+    <x:tableColumn id="87" name="08050_Financial_Instrument_Management_Fee_Ex_Post"/>
+    <x:tableColumn id="88" name="08060_Financial_Instrument_Distribution_Fee_Ex_Post"/>
+    <x:tableColumn id="89" name="08070_Financial_Instrument_Transaction_Costs_Ex_Post"/>
+    <x:tableColumn id="90" name="08080_Financial_Instrument_Incidental_Costs_Ex_Post"/>
+    <x:tableColumn id="91" name="08090_Beginning_Of_Reference_Period"/>
+    <x:tableColumn id="92" name="08100_End_Of_Reference_Period"/>
+    <x:tableColumn id="93" name="08110_Structured_Securities_Reference_Price_Ex_Post"/>
+    <x:tableColumn id="94" name="08120_Structured_Securities_Notional_Reference_Amount"/>
+  </x:tableColumns>
+  <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</x:table>
+</file>
+
+<file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
-<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8373 lines deleted...]
-</worksheet>
+<file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:CP2"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="22.255425" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="29.685425" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="27.045425" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="29.275425" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="39.135425" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="43.005425" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="37.285425" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="36.945425" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="44.145425" style="0" customWidth="1"/>
+    <x:col min="10" max="10" width="63.035425" style="0" customWidth="1"/>
+    <x:col min="11" max="11" width="35.065425" style="0" customWidth="1"/>
+    <x:col min="12" max="12" width="37.655425" style="0" customWidth="1"/>
+    <x:col min="13" max="13" width="45.125425" style="0" customWidth="1"/>
+    <x:col min="14" max="14" width="48.245425" style="0" customWidth="1"/>
+    <x:col min="15" max="15" width="32.415425" style="0" customWidth="1"/>
+    <x:col min="16" max="16" width="41.855425" style="0" customWidth="1"/>
+    <x:col min="17" max="17" width="23.445425" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="34.045425" style="0" customWidth="1"/>
+    <x:col min="19" max="19" width="47.945425" style="0" customWidth="1"/>
+    <x:col min="20" max="20" width="45.305425" style="0" customWidth="1"/>
+    <x:col min="21" max="21" width="47.535425" style="0" customWidth="1"/>
+    <x:col min="22" max="22" width="68.425425" style="0" customWidth="1"/>
+    <x:col min="23" max="23" width="44.905425" style="0" customWidth="1"/>
+    <x:col min="24" max="24" width="56.785425" style="0" customWidth="1"/>
+    <x:col min="25" max="25" width="45.295425" style="0" customWidth="1"/>
+    <x:col min="26" max="26" width="55.545425" style="0" customWidth="1"/>
+    <x:col min="27" max="27" width="39.015425" style="0" customWidth="1"/>
+    <x:col min="28" max="28" width="70.275425" style="0" customWidth="1"/>
+    <x:col min="29" max="29" width="46.455425" style="0" customWidth="1"/>
+    <x:col min="30" max="30" width="42.895425" style="0" customWidth="1"/>
+    <x:col min="31" max="31" width="38.445425" style="0" customWidth="1"/>
+    <x:col min="32" max="32" width="28.925425" style="0" customWidth="1"/>
+    <x:col min="33" max="33" width="34.495425" style="0" customWidth="1"/>
+    <x:col min="34" max="34" width="42.585425" style="0" customWidth="1"/>
+    <x:col min="35" max="35" width="23.255425" style="0" customWidth="1"/>
+    <x:col min="36" max="36" width="26.845425" style="0" customWidth="1"/>
+    <x:col min="37" max="37" width="27.315425" style="0" customWidth="1"/>
+    <x:col min="38" max="38" width="33.295425" style="0" customWidth="1"/>
+    <x:col min="39" max="39" width="62.835425" style="0" customWidth="1"/>
+    <x:col min="40" max="40" width="66.035425" style="0" customWidth="1"/>
+    <x:col min="41" max="41" width="34.305425" style="0" customWidth="1"/>
+    <x:col min="42" max="42" width="68.055425" style="0" customWidth="1"/>
+    <x:col min="43" max="43" width="66.115425" style="0" customWidth="1"/>
+    <x:col min="44" max="44" width="42.635425" style="0" customWidth="1"/>
+    <x:col min="45" max="45" width="42.285425" style="0" customWidth="1"/>
+    <x:col min="46" max="46" width="73.675425" style="0" customWidth="1"/>
+    <x:col min="47" max="47" width="59.125425" style="0" customWidth="1"/>
+    <x:col min="48" max="48" width="65.995425" style="0" customWidth="1"/>
+    <x:col min="49" max="49" width="52.625425" style="0" customWidth="1"/>
+    <x:col min="50" max="50" width="55.225425" style="0" customWidth="1"/>
+    <x:col min="51" max="51" width="48.175425" style="0" customWidth="1"/>
+    <x:col min="52" max="52" width="31.375425" style="0" customWidth="1"/>
+    <x:col min="53" max="53" width="42.945425" style="0" customWidth="1"/>
+    <x:col min="54" max="54" width="47.715425" style="0" customWidth="1"/>
+    <x:col min="55" max="55" width="47.345425" style="0" customWidth="1"/>
+    <x:col min="56" max="56" width="81.105425" style="0" customWidth="1"/>
+    <x:col min="57" max="57" width="39.675425" style="0" customWidth="1"/>
+    <x:col min="58" max="58" width="24.215425" style="0" customWidth="1"/>
+    <x:col min="59" max="59" width="67.675425" style="0" customWidth="1"/>
+    <x:col min="60" max="60" width="27.275425" style="0" customWidth="1"/>
+    <x:col min="61" max="61" width="30.825425" style="0" customWidth="1"/>
+    <x:col min="62" max="62" width="80.485425" style="0" customWidth="1"/>
+    <x:col min="63" max="63" width="68.695425" style="0" customWidth="1"/>
+    <x:col min="64" max="64" width="79.535425" style="0" customWidth="1"/>
+    <x:col min="65" max="65" width="70.045425" style="0" customWidth="1"/>
+    <x:col min="66" max="66" width="74.075425" style="0" customWidth="1"/>
+    <x:col min="67" max="67" width="78.955425" style="0" customWidth="1"/>
+    <x:col min="68" max="68" width="69.475425" style="0" customWidth="1"/>
+    <x:col min="69" max="69" width="58.065425" style="0" customWidth="1"/>
+    <x:col min="70" max="70" width="78.695425" style="0" customWidth="1"/>
+    <x:col min="71" max="71" width="48.355425" style="0" customWidth="1"/>
+    <x:col min="72" max="72" width="56.025425" style="0" customWidth="1"/>
+    <x:col min="73" max="73" width="45.535425" style="0" customWidth="1"/>
+    <x:col min="74" max="74" width="44.175425" style="0" customWidth="1"/>
+    <x:col min="75" max="75" width="53.635425" style="0" customWidth="1"/>
+    <x:col min="76" max="76" width="52.105425" style="0" customWidth="1"/>
+    <x:col min="77" max="77" width="52.305425" style="0" customWidth="1"/>
+    <x:col min="78" max="78" width="63.355425" style="0" customWidth="1"/>
+    <x:col min="79" max="79" width="38.335425" style="0" customWidth="1"/>
+    <x:col min="80" max="80" width="65.545425" style="0" customWidth="1"/>
+    <x:col min="81" max="81" width="63.845425" style="0" customWidth="1"/>
+    <x:col min="82" max="82" width="59.135425" style="0" customWidth="1"/>
+    <x:col min="83" max="83" width="60.375425" style="0" customWidth="1"/>
+    <x:col min="84" max="84" width="50.475425" style="0" customWidth="1"/>
+    <x:col min="85" max="85" width="63.015425" style="0" customWidth="1"/>
+    <x:col min="86" max="86" width="55.685425" style="0" customWidth="1"/>
+    <x:col min="87" max="87" width="53.255425" style="0" customWidth="1"/>
+    <x:col min="88" max="88" width="51.905425" style="0" customWidth="1"/>
+    <x:col min="89" max="89" width="53.285425" style="0" customWidth="1"/>
+    <x:col min="90" max="90" width="51.755425" style="0" customWidth="1"/>
+    <x:col min="91" max="91" width="38.695425" style="0" customWidth="1"/>
+    <x:col min="92" max="92" width="33.495425" style="0" customWidth="1"/>
+    <x:col min="93" max="93" width="51.955425" style="0" customWidth="1"/>
+    <x:col min="94" max="94" width="55.275425" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:94">
+      <x:c r="A1" s="0" t="s">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="B1" s="0" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C1" s="0" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="D1" s="0" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="E1" s="0" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F1" s="0" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="G1" s="0" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="H1" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="I1" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="J1" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="K1" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="L1" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="M1" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="N1" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="O1" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="P1" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="Q1" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="R1" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="S1" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="T1" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="U1" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="V1" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="W1" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="X1" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Y1" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="Z1" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="AA1" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="AB1" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="AC1" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="AD1" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="AE1" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="AF1" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="AG1" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="AH1" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="AI1" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="AJ1" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="AK1" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="AL1" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="AM1" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="AN1" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="AO1" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="AP1" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="AQ1" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="AR1" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="AS1" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="AT1" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="AU1" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="AV1" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="AW1" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="AX1" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="AY1" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="AZ1" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="BA1" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="BB1" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="BC1" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="BD1" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="BE1" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="BF1" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="BG1" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="BH1" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="BI1" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="BJ1" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="BK1" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="BL1" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="BM1" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="BN1" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="BO1" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="BP1" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="BQ1" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="BR1" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="BS1" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="BT1" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="BU1" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="BV1" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="BW1" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="BX1" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="BY1" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="BZ1" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="CA1" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="CB1" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="CC1" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="CD1" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="CE1" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="CF1" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="CG1" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="CH1" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="CI1" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="CJ1" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="CK1" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="CL1" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="CM1" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="CN1" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="CO1" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="CP1" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:94">
+      <x:c r="A2" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="E2" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="G2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="I2" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J2" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="K2" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="L2" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="M2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="N2" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="O2" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="P2" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="S2" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="V2" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="Y2" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="AB2" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="AC2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AE2" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="AF2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AG2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AH2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AI2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AJ2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AK2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AL2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AM2" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AN2" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AP2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AQ2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AR2" s="0" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="AV2" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AW2" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="AX2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="AY2" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BA2" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BB2" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="BC2" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="BD2" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="BE2" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="BF2" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BG2" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BH2" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BI2" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="BJ2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BL2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BM2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BN2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BO2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BP2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BQ2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BS2" s="0" t="n">
+        <x:v>0.013</x:v>
+      </x:c>
+      <x:c r="BU2" s="0" t="n">
+        <x:v>0.00175155</x:v>
+      </x:c>
+      <x:c r="BV2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BW2" s="0" t="n">
+        <x:v>0.00289</x:v>
+      </x:c>
+      <x:c r="BX2" s="0" t="n">
+        <x:v>0.02243512</x:v>
+      </x:c>
+      <x:c r="CA2" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="CF2" s="0" t="n">
+        <x:v>0.013</x:v>
+      </x:c>
+      <x:c r="CI2" s="0" t="n">
+        <x:v>0.00175155</x:v>
+      </x:c>
+      <x:c r="CJ2" s="0" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="CK2" s="0" t="n">
+        <x:v>0.005213</x:v>
+      </x:c>
+      <x:c r="CL2" s="0" t="n">
+        <x:v>0.02237363</x:v>
+      </x:c>
+      <x:c r="CM2" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="CN2" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="1">
+    <x:tablePart r:id="rId5"/>
+  </x:tableParts>
+</x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...5 lines deleted...]
-    <vt:vector size="2" baseType="variant">
+<ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Application>Microsoft Excel</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:HeadingPairs>
+    <vt:vector baseType="variant" size="4">
       <vt:variant>
-        <vt:lpstr>Arbeitsblätter</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...2 lines deleted...]
-      <vt:lpstr>EMT</vt:lpstr>
+  </ap:HeadingPairs>
+  <ap:TitlesOfParts>
+    <vt:vector baseType="lpstr" size="3">
+      <vt:lpstr>Table 1</vt:lpstr>
+      <vt:lpstr>Table 1!Print_Area</vt:lpstr>
+      <vt:lpstr>Table 1!Print_Titles</vt:lpstr>
     </vt:vector>
-  </TitlesOfParts>
-[...5 lines deleted...]
-</Properties>
+  </ap:TitlesOfParts>
+</ap:Properties>
 </file>
-
-[...7 lines deleted...]
-</file>