--- v0 (2026-01-07)
+++ v1 (2026-01-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc92984db4e0f4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/002e6cb3acaa4b8689a4efef307dd75b.psmdcp" Id="Rb7c5f83f9cb84186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae24701cbfe403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68646416f2e944d58b7c9981fc29dd4d.psmdcp" Id="R67beb6742b054d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -196,52 +196,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG6" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG6"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG7" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG7"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -528,51 +528,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG6"/>
+  <x:dimension ref="A1:AG7"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.740625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -1040,50 +1040,124 @@
       <x:c r="V6" s="0" t="n">
         <x:v>10322.2558346423</x:v>
       </x:c>
       <x:c r="W6" s="0" t="n">
         <x:v>0.0322255835</x:v>
       </x:c>
       <x:c r="Z6" s="0" t="n">
         <x:v>16493.8001068108</x:v>
       </x:c>
       <x:c r="AA6" s="0" t="n">
         <x:v>0.0741027244</x:v>
       </x:c>
       <x:c r="AB6" s="0" t="n">
         <x:v>12523.8880548199</x:v>
       </x:c>
       <x:c r="AC6" s="0" t="n">
         <x:v>0.2523888055</x:v>
       </x:c>
       <x:c r="AF6" s="0" t="n">
         <x:v>18551.5242983449</x:v>
       </x:c>
       <x:c r="AG6" s="0" t="n">
         <x:v>0.0922949928</x:v>
       </x:c>
     </x:row>
+    <x:row r="7" spans="1:33">
+      <x:c r="A7" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E7" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G7" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I7" s="1">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="J7" s="0" t="n">
+        <x:v>5433.7313307246</x:v>
+      </x:c>
+      <x:c r="K7" s="0" t="n">
+        <x:v>-0.4566268669</x:v>
+      </x:c>
+      <x:c r="N7" s="0" t="n">
+        <x:v>4450.7765907858</x:v>
+      </x:c>
+      <x:c r="O7" s="0" t="n">
+        <x:v>-0.1092075199</x:v>
+      </x:c>
+      <x:c r="P7" s="0" t="n">
+        <x:v>8108.5332841491</x:v>
+      </x:c>
+      <x:c r="Q7" s="0" t="n">
+        <x:v>-0.1891466716</x:v>
+      </x:c>
+      <x:c r="T7" s="0" t="n">
+        <x:v>9814.5199734788</x:v>
+      </x:c>
+      <x:c r="U7" s="0" t="n">
+        <x:v>-0.0026710227</x:v>
+      </x:c>
+      <x:c r="V7" s="0" t="n">
+        <x:v>10321.9532893619</x:v>
+      </x:c>
+      <x:c r="W7" s="0" t="n">
+        <x:v>0.0321953289</x:v>
+      </x:c>
+      <x:c r="Z7" s="0" t="n">
+        <x:v>16495.6667084017</x:v>
+      </x:c>
+      <x:c r="AA7" s="0" t="n">
+        <x:v>0.0741200887</x:v>
+      </x:c>
+      <x:c r="AB7" s="0" t="n">
+        <x:v>12523.8880548199</x:v>
+      </x:c>
+      <x:c r="AC7" s="0" t="n">
+        <x:v>0.2523888055</x:v>
+      </x:c>
+      <x:c r="AF7" s="0" t="n">
+        <x:v>18551.5242983449</x:v>
+      </x:c>
+      <x:c r="AG7" s="0" t="n">
+        <x:v>0.0922949928</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>