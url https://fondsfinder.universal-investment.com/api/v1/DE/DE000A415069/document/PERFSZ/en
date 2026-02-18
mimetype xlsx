--- v1 (2026-01-28)
+++ v2 (2026-02-18)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae24701cbfe403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68646416f2e944d58b7c9981fc29dd4d.psmdcp" Id="R67beb6742b054d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a930a43191549c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e08e9fd029764a19ac65bfaefaf7f489.psmdcp" Id="R11f545af673943b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
     <x:t>ISIN</x:t>
   </x:si>
   <x:si>
     <x:t>Investment_Amount</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>HalfRHP(years)</x:t>
   </x:si>
   <x:si>
     <x:t>RHP(years)</x:t>
   </x:si>
   <x:si>
     <x:t>DisplayedInReleasedPRIIPsKID</x:t>
   </x:si>
   <x:si>
@@ -123,50 +123,53 @@
     <x:t>Favourable_HalfRHP_Value</x:t>
   </x:si>
   <x:si>
     <x:t>Favourable_HalfRHP_Average return each year</x:t>
   </x:si>
   <x:si>
     <x:t>Favourable_RHP_Value</x:t>
   </x:si>
   <x:si>
     <x:t>Favourable_RHP_Average return each year</x:t>
   </x:si>
   <x:si>
     <x:t>Universal-Investment-Gesellschaft mbH</x:t>
   </x:si>
   <x:si>
     <x:t>Berenberg Global Dividend Champions M D</x:t>
   </x:si>
   <x:si>
     <x:t>DE000A415069</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
     <x:t>no</x:t>
+  </x:si>
+  <x:si>
+    <x:t>yes</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -196,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG7" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG7"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG8" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG8"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -528,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG7"/>
+  <x:dimension ref="A1:AG8"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.740625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -1060,101 +1063,175 @@
       </x:c>
       <x:c r="AG6" s="0" t="n">
         <x:v>0.0922949928</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:33">
       <x:c r="A7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="1">
         <x:v>46021</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
         <x:v>5433.7313307246</x:v>
       </x:c>
       <x:c r="K7" s="0" t="n">
         <x:v>-0.4566268669</x:v>
       </x:c>
       <x:c r="N7" s="0" t="n">
         <x:v>4450.7765907858</x:v>
       </x:c>
       <x:c r="O7" s="0" t="n">
         <x:v>-0.1092075199</x:v>
       </x:c>
       <x:c r="P7" s="0" t="n">
         <x:v>8108.5332841491</x:v>
       </x:c>
       <x:c r="Q7" s="0" t="n">
         <x:v>-0.1891466716</x:v>
       </x:c>
       <x:c r="T7" s="0" t="n">
         <x:v>9814.5199734788</x:v>
       </x:c>
       <x:c r="U7" s="0" t="n">
         <x:v>-0.0026710227</x:v>
       </x:c>
       <x:c r="V7" s="0" t="n">
         <x:v>10321.9532893619</x:v>
       </x:c>
       <x:c r="W7" s="0" t="n">
         <x:v>0.0321953289</x:v>
       </x:c>
       <x:c r="Z7" s="0" t="n">
         <x:v>16495.6667084017</x:v>
       </x:c>
       <x:c r="AA7" s="0" t="n">
         <x:v>0.0741200887</x:v>
       </x:c>
       <x:c r="AB7" s="0" t="n">
         <x:v>12523.8880548199</x:v>
       </x:c>
       <x:c r="AC7" s="0" t="n">
         <x:v>0.2523888055</x:v>
       </x:c>
       <x:c r="AF7" s="0" t="n">
         <x:v>18551.5242983449</x:v>
       </x:c>
       <x:c r="AG7" s="0" t="n">
+        <x:v>0.0922949928</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:33">
+      <x:c r="A8" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E8" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G8" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H8" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I8" s="1">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="J8" s="0" t="n">
+        <x:v>5433.0147181589</x:v>
+      </x:c>
+      <x:c r="K8" s="0" t="n">
+        <x:v>-0.4566985282</x:v>
+      </x:c>
+      <x:c r="N8" s="0" t="n">
+        <x:v>4450.6263729077</x:v>
+      </x:c>
+      <x:c r="O8" s="0" t="n">
+        <x:v>-0.1092118149</x:v>
+      </x:c>
+      <x:c r="P8" s="0" t="n">
+        <x:v>8108.5332841491</x:v>
+      </x:c>
+      <x:c r="Q8" s="0" t="n">
+        <x:v>-0.1891466716</x:v>
+      </x:c>
+      <x:c r="T8" s="0" t="n">
+        <x:v>9799.1376748234</x:v>
+      </x:c>
+      <x:c r="U8" s="0" t="n">
+        <x:v>-0.0028944748</x:v>
+      </x:c>
+      <x:c r="V8" s="0" t="n">
+        <x:v>10301.7383879461</x:v>
+      </x:c>
+      <x:c r="W8" s="0" t="n">
+        <x:v>0.0301738388</x:v>
+      </x:c>
+      <x:c r="Z8" s="0" t="n">
+        <x:v>16507.2630099693</x:v>
+      </x:c>
+      <x:c r="AA8" s="0" t="n">
+        <x:v>0.0742279271</x:v>
+      </x:c>
+      <x:c r="AB8" s="0" t="n">
+        <x:v>12523.8880548199</x:v>
+      </x:c>
+      <x:c r="AC8" s="0" t="n">
+        <x:v>0.2523888055</x:v>
+      </x:c>
+      <x:c r="AF8" s="0" t="n">
+        <x:v>18551.5242983449</x:v>
+      </x:c>
+      <x:c r="AG8" s="0" t="n">
         <x:v>0.0922949928</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>