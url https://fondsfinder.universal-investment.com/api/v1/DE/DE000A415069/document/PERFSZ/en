--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a930a43191549c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e08e9fd029764a19ac65bfaefaf7f489.psmdcp" Id="R11f545af673943b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33b5b52f99f4853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d46499463c64abf851150efdcc32752.psmdcp" Id="R3e71694df9d94e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG8" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG8"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG9" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG9"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG8"/>
+  <x:dimension ref="A1:AG9"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="38.740625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.920625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -1191,50 +1191,124 @@
       <x:c r="V8" s="0" t="n">
         <x:v>10301.7383879461</x:v>
       </x:c>
       <x:c r="W8" s="0" t="n">
         <x:v>0.0301738388</x:v>
       </x:c>
       <x:c r="Z8" s="0" t="n">
         <x:v>16507.2630099693</x:v>
       </x:c>
       <x:c r="AA8" s="0" t="n">
         <x:v>0.0742279271</x:v>
       </x:c>
       <x:c r="AB8" s="0" t="n">
         <x:v>12523.8880548199</x:v>
       </x:c>
       <x:c r="AC8" s="0" t="n">
         <x:v>0.2523888055</x:v>
       </x:c>
       <x:c r="AF8" s="0" t="n">
         <x:v>18551.5242983449</x:v>
       </x:c>
       <x:c r="AG8" s="0" t="n">
         <x:v>0.0922949928</x:v>
       </x:c>
     </x:row>
+    <x:row r="9" spans="1:33">
+      <x:c r="A9" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D9" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E9" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I9" s="1">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="J9" s="0" t="n">
+        <x:v>5431.606381985</x:v>
+      </x:c>
+      <x:c r="K9" s="0" t="n">
+        <x:v>-0.4568393618</x:v>
+      </x:c>
+      <x:c r="N9" s="0" t="n">
+        <x:v>4450.3219226042</x:v>
+      </x:c>
+      <x:c r="O9" s="0" t="n">
+        <x:v>-0.1092205202</x:v>
+      </x:c>
+      <x:c r="P9" s="0" t="n">
+        <x:v>8108.5332841491</x:v>
+      </x:c>
+      <x:c r="Q9" s="0" t="n">
+        <x:v>-0.1891466716</x:v>
+      </x:c>
+      <x:c r="T9" s="0" t="n">
+        <x:v>10005.6977807843</x:v>
+      </x:c>
+      <x:c r="U9" s="0" t="n">
+        <x:v>8.1377E-05</x:v>
+      </x:c>
+      <x:c r="V9" s="0" t="n">
+        <x:v>10299.960656868</x:v>
+      </x:c>
+      <x:c r="W9" s="0" t="n">
+        <x:v>0.0299960657</x:v>
+      </x:c>
+      <x:c r="Z9" s="0" t="n">
+        <x:v>16517.6970951409</x:v>
+      </x:c>
+      <x:c r="AA9" s="0" t="n">
+        <x:v>0.0743249022</x:v>
+      </x:c>
+      <x:c r="AB9" s="0" t="n">
+        <x:v>12523.8880548199</x:v>
+      </x:c>
+      <x:c r="AC9" s="0" t="n">
+        <x:v>0.2523888055</x:v>
+      </x:c>
+      <x:c r="AF9" s="0" t="n">
+        <x:v>18551.5242983449</x:v>
+      </x:c>
+      <x:c r="AG9" s="0" t="n">
+        <x:v>0.0922949928</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>