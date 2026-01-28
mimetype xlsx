--- v0 (2026-01-07)
+++ v1 (2026-01-28)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27726"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ui.net\OU\UID\Team\RegRep\Meldewesen\EET\BAU\2025\Homepage upload\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ui.net\OU\UID\Team\RegRep\Meldewesen\EET\BAU\2026\Homepage upload\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3F0F0156-112D-4CC9-81E0-DB795BEE9146}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6658714A-E3FC-4FBA-9EC6-64336A7FD7AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{67BA8ACD-93EF-4C3B-996A-C8C8326C7299}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{0D399249-2471-4907-BFFB-696ED88FABBB}"/>
   </bookViews>
   <sheets>
     <sheet name="LU1637618585" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="971" uniqueCount="702">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="978" uniqueCount="714">
   <si>
     <t>00010_EET_Version</t>
   </si>
   <si>
     <t>00020_EET_Producer_Name</t>
   </si>
   <si>
     <t>00030_EET_Producer_LEI</t>
   </si>
   <si>
     <t>00040_EET_Producer_Email</t>
   </si>
   <si>
     <t>00050_EET_File_Generation_Date_And_Time</t>
   </si>
   <si>
     <t>00060_EET_Data_Reporting_SFDR_Pre_Contractual</t>
   </si>
   <si>
     <t>00070_EET_Data_Reporting_SFDR_Periodic</t>
   </si>
   <si>
     <t>00080_EET_Data_Reporting_SFDR_Entity_Level</t>
   </si>
   <si>
@@ -1903,350 +1903,395 @@
   <si>
     <t>100010_List_Of_Invested_Countries</t>
   </si>
   <si>
     <t>V1.1.3</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>Universal-Investment-Luxembourg S.A.</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>529900J76YSIZNVFEG95</t>
   </si>
   <si>
     <t>VE.EETReporting@universal-investment.com</t>
   </si>
   <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
     <t>https://www.universal-investment.com/en/Corporate/Compliance/</t>
   </si>
   <si>
     <t>LU1637618585</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Berenberg Eurozone Focus Fund M A</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>https://fondsfinder.universal-investment.com/api/v1/LU/LU1637618585/document/RTS/DE</t>
   </si>
   <si>
     <t>2023-01-01</t>
   </si>
   <si>
     <t>https://fondsfinder.universal-investment.com/api/v1/LU/LU1637618585/document/jb/de</t>
   </si>
   <si>
-    <t>2024-12-30</t>
-[...1 lines deleted...]
-  <si>
     <t>https://fondsfinder.universal-investment.com/api/v1/LU/LU1637618585/document/SRD/DE</t>
   </si>
   <si>
     <t>0.0000</t>
   </si>
   <si>
-    <t>0.9411</t>
-[...2 lines deleted...]
-    <t>35</t>
+    <t>0.9851</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>0.9828</t>
   </si>
   <si>
     <t>0.5100</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
-    <t>184.7286</t>
-[...44 lines deleted...]
-    <t>0.5269</t>
+    <t>1588.2928</t>
+  </si>
+  <si>
+    <t>194.9635</t>
+  </si>
+  <si>
+    <t>5143.4390</t>
+  </si>
+  <si>
+    <t>1783.2563</t>
+  </si>
+  <si>
+    <t>6857.8202</t>
+  </si>
+  <si>
+    <t>56.4448</t>
+  </si>
+  <si>
+    <t>0.9795</t>
+  </si>
+  <si>
+    <t>210.9742</t>
+  </si>
+  <si>
+    <t>619.8439</t>
+  </si>
+  <si>
+    <t>0.0086</t>
+  </si>
+  <si>
+    <t>0.6055</t>
+  </si>
+  <si>
+    <t>0.9792</t>
   </si>
   <si>
     <t>0.0100</t>
   </si>
   <si>
-    <t>0.0060</t>
-[...107 lines deleted...]
-    <t>0.0367</t>
+    <t>0.0402</t>
+  </si>
+  <si>
+    <t>0.2116</t>
+  </si>
+  <si>
+    <t>0.4576</t>
+  </si>
+  <si>
+    <t>0.6500</t>
+  </si>
+  <si>
+    <t>0.0344</t>
+  </si>
+  <si>
+    <t>0.0280</t>
+  </si>
+  <si>
+    <t>3.3000</t>
+  </si>
+  <si>
+    <t>0.0263</t>
+  </si>
+  <si>
+    <t>0.0842</t>
+  </si>
+  <si>
+    <t>0.0797</t>
+  </si>
+  <si>
+    <t>0.3208</t>
+  </si>
+  <si>
+    <t>0.6784</t>
+  </si>
+  <si>
+    <t>0.1387</t>
+  </si>
+  <si>
+    <t>0.8863</t>
+  </si>
+  <si>
+    <t>0.4143</t>
+  </si>
+  <si>
+    <t>0.1056</t>
+  </si>
+  <si>
+    <t>0.1953</t>
+  </si>
+  <si>
+    <t>0.1053</t>
+  </si>
+  <si>
+    <t>0.1709</t>
+  </si>
+  <si>
+    <t>0.0512</t>
+  </si>
+  <si>
+    <t>0.2099</t>
+  </si>
+  <si>
+    <t>0.0243</t>
+  </si>
+  <si>
+    <t>0.2439</t>
+  </si>
+  <si>
+    <t>0.0001</t>
+  </si>
+  <si>
+    <t>0.0076</t>
+  </si>
+  <si>
+    <t>0.0018</t>
+  </si>
+  <si>
+    <t>0.0718</t>
+  </si>
+  <si>
+    <t>0.4345</t>
+  </si>
+  <si>
+    <t>0.0289</t>
+  </si>
+  <si>
+    <t>0.3707</t>
+  </si>
+  <si>
+    <t>0.7645</t>
+  </si>
+  <si>
+    <t>0.3095</t>
+  </si>
+  <si>
+    <t>0.4178</t>
+  </si>
+  <si>
+    <t>0.1144</t>
+  </si>
+  <si>
+    <t>0.0475</t>
+  </si>
+  <si>
+    <t>0.8184</t>
+  </si>
+  <si>
+    <t>0.0121</t>
+  </si>
+  <si>
+    <t>0.0112</t>
+  </si>
+  <si>
+    <t>0.4819</t>
+  </si>
+  <si>
+    <t>0.0288</t>
+  </si>
+  <si>
+    <t>0.2580</t>
+  </si>
+  <si>
+    <t>0.1994</t>
+  </si>
+  <si>
+    <t>0.1116</t>
+  </si>
+  <si>
+    <t>117.1802</t>
+  </si>
+  <si>
+    <t>0.9160</t>
+  </si>
+  <si>
+    <t>0.0033</t>
+  </si>
+  <si>
+    <t>0.1066</t>
+  </si>
+  <si>
+    <t>0.2402</t>
+  </si>
+  <si>
+    <t>0.0702</t>
+  </si>
+  <si>
+    <t>0.0140</t>
+  </si>
+  <si>
+    <t>4.0000</t>
+  </si>
+  <si>
+    <t>0.0207</t>
   </si>
   <si>
     <t>www.berenberg.de/esg-publikationen www.berenberg.de/en/esg-publications</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>0.0500</t>
   </si>
   <si>
     <t>UPD</t>
   </si>
   <si>
     <t>0.1000</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
-    <t>32479448.77</t>
+    <t>26197663.15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Inter"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Inter"/>
       <family val="3"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="22" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="1">
+  <dxfs count="2">
     <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
       <fill>
         <patternFill>
-          <bgColor rgb="FFFF0000"/>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -2539,51 +2584,51 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3915455-CB92-4C74-9D67-05C0BDC217B3}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF18443E-DA64-416A-8B37-BC36D39F1208}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:WR2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:WR2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:616" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
@@ -2658,51 +2703,51 @@
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AJ1" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="AK1" s="2" t="s">
+      <c r="AK1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AL1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="AM1" s="1" t="s">
         <v>38</v>
       </c>
       <c r="AN1" s="1" t="s">
         <v>39</v>
       </c>
       <c r="AO1" s="1" t="s">
         <v>40</v>
       </c>
       <c r="AP1" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AQ1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="AR1" s="1" t="s">
         <v>43</v>
       </c>
       <c r="AS1" s="1" t="s">
         <v>44</v>
@@ -4400,1388 +4445,1399 @@
         <v>608</v>
       </c>
       <c r="WL1" s="1" t="s">
         <v>609</v>
       </c>
       <c r="WM1" s="1" t="s">
         <v>610</v>
       </c>
       <c r="WN1" s="1" t="s">
         <v>611</v>
       </c>
       <c r="WO1" s="1" t="s">
         <v>612</v>
       </c>
       <c r="WP1" s="1" t="s">
         <v>613</v>
       </c>
       <c r="WQ1" s="1" t="s">
         <v>614</v>
       </c>
       <c r="WR1" s="1" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="2" spans="1:616" x14ac:dyDescent="0.25">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="2" t="s">
         <v>616</v>
       </c>
-      <c r="B2" s="3"/>
-[...5 lines deleted...]
-      <c r="F2" s="3" t="s">
+      <c r="B2" s="2"/>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="3">
+        <v>46048</v>
+      </c>
+      <c r="F2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="H2" s="3" t="s">
+      <c r="H2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="I2" s="3" t="s">
+      <c r="I2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="J2" s="3" t="s">
+      <c r="J2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="K2" s="3" t="s">
+      <c r="K2" s="2" t="s">
         <v>619</v>
       </c>
-      <c r="L2" s="3" t="s">
+      <c r="L2" s="2" t="s">
         <v>620</v>
       </c>
-      <c r="M2" s="3" t="s">
+      <c r="M2" s="2" t="s">
         <v>621</v>
       </c>
-      <c r="N2" s="3" t="s">
+      <c r="N2" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="O2" s="5">
-[...2 lines deleted...]
-      <c r="P2" s="3" t="s">
+      <c r="O2" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="P2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="Q2" s="3"/>
-      <c r="R2" s="3" t="s">
+      <c r="Q2" s="2"/>
+      <c r="R2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="S2" s="3" t="s">
+      <c r="S2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="T2" s="3"/>
-[...1 lines deleted...]
-      <c r="V2" s="3" t="s">
+      <c r="T2" s="2"/>
+      <c r="U2" s="2"/>
+      <c r="V2" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="W2" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="X2" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="Y2" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="Z2" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="AA2" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="AB2" s="2"/>
+      <c r="AC2" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="AD2" s="2"/>
+      <c r="AE2" s="2"/>
+      <c r="AF2" s="2"/>
+      <c r="AG2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="AH2" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="AI2" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="AJ2" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="AK2" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="AL2" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="W2" s="3" t="s">
-[...21 lines deleted...]
-      <c r="AG2" s="3" t="s">
+      <c r="AM2" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="AN2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="AO2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="AP2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="AQ2" s="2"/>
+      <c r="AR2" s="2"/>
+      <c r="AS2" s="2"/>
+      <c r="AT2" s="2"/>
+      <c r="AU2" s="2"/>
+      <c r="AV2" s="2"/>
+      <c r="AW2" s="2"/>
+      <c r="AX2" s="2"/>
+      <c r="AY2" s="2"/>
+      <c r="AZ2" s="2"/>
+      <c r="BA2" s="2"/>
+      <c r="BB2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="BC2" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="BD2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="BE2" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="BF2" s="2"/>
+      <c r="BG2" s="2"/>
+      <c r="BH2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="BI2" s="2"/>
+      <c r="BJ2" s="4">
+        <v>45292</v>
+      </c>
+      <c r="BK2" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="BL2" s="2"/>
+      <c r="BM2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="BN2" s="2"/>
+      <c r="BO2" s="2"/>
+      <c r="BP2" s="2"/>
+      <c r="BQ2" s="2"/>
+      <c r="BR2" s="2"/>
+      <c r="BS2" s="2"/>
+      <c r="BT2" s="2"/>
+      <c r="BU2" s="2"/>
+      <c r="BV2" s="2"/>
+      <c r="BW2" s="2"/>
+      <c r="BX2" s="2"/>
+      <c r="BY2" s="2"/>
+      <c r="BZ2" s="2"/>
+      <c r="CA2" s="2"/>
+      <c r="CB2" s="2"/>
+      <c r="CC2" s="2"/>
+      <c r="CD2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="AH2" s="3" t="s">
-[...17 lines deleted...]
-      <c r="AN2" s="3" t="s">
+      <c r="CE2" s="2"/>
+      <c r="CF2" s="2"/>
+      <c r="CG2" s="2"/>
+      <c r="CH2" s="2"/>
+      <c r="CI2" s="2"/>
+      <c r="CJ2" s="2"/>
+      <c r="CK2" s="2"/>
+      <c r="CL2" s="2"/>
+      <c r="CM2" s="2"/>
+      <c r="CN2" s="2"/>
+      <c r="CO2" s="2"/>
+      <c r="CP2" s="2"/>
+      <c r="CQ2" s="2"/>
+      <c r="CR2" s="2"/>
+      <c r="CS2" s="2"/>
+      <c r="CT2" s="2"/>
+      <c r="CU2" s="2"/>
+      <c r="CV2" s="2"/>
+      <c r="CW2" s="2"/>
+      <c r="CX2" s="2"/>
+      <c r="CY2" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="CZ2" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="DA2" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="DB2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="AO2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="AP2" s="3" t="s">
+      <c r="DC2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="DD2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="DE2" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="DF2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="AQ2" s="3"/>
-[...24 lines deleted...]
-      <c r="BH2" s="3" t="s">
+      <c r="DG2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="DH2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="DI2" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="DJ2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="BI2" s="3"/>
-[...3 lines deleted...]
-      <c r="BK2" s="3" t="s">
+      <c r="DK2" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="BL2" s="3"/>
-[...19 lines deleted...]
-      <c r="CD2" s="3" t="s">
+      <c r="DL2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="DM2" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="DN2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="DO2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="DP2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="DQ2" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="DR2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="DS2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="DT2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="DU2" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="DV2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="DW2" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="DX2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="DY2" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="DZ2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="EA2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="EB2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="EC2" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="ED2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="EE2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="EF2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="EG2" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="EH2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="EI2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="EJ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="EK2" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="EL2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="CE2" s="3"/>
-[...28 lines deleted...]
-      <c r="DB2" s="3" t="s">
+      <c r="EM2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="EN2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="EO2" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="EP2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="DC2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="DF2" s="3" t="s">
+      <c r="EQ2" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="ER2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="ES2" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="ET2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="EU2" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="EV2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="EW2" s="2"/>
+      <c r="EX2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="DG2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="DJ2" s="3" t="s">
+      <c r="EY2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="EZ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="FA2" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="FB2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="DK2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="DN2" s="3" t="s">
+      <c r="FC2" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="FD2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="FE2" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="FF2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="DO2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="DR2" s="3" t="s">
+      <c r="FG2" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="FH2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="FI2" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="FJ2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="DS2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="DV2" s="3" t="s">
+      <c r="FK2" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="FL2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="FM2" s="2"/>
+      <c r="FN2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="DW2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="DZ2" s="3" t="s">
+      <c r="FO2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="FP2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="FQ2" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="FR2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="EA2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="ED2" s="3" t="s">
+      <c r="FS2" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="FT2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="FU2" s="2"/>
+      <c r="FV2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="EE2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="EH2" s="3" t="s">
+      <c r="FW2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="FX2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="FY2" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="FZ2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="EI2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="EL2" s="3" t="s">
+      <c r="GA2" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="GB2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="GC2" s="2"/>
+      <c r="GD2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="GE2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="GF2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="GG2" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="GH2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="EM2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="EP2" s="3" t="s">
+      <c r="GI2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="GJ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="GK2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="GL2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="GM2" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="GN2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="GO2" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="GP2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="GQ2" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="GR2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="GS2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="GT2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="GU2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="GV2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="GW2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="GX2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="GY2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="GZ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="HA2" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="HB2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="EQ2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="ET2" s="3" t="s">
+      <c r="HC2" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="HD2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="HE2" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="HF2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="HG2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="HH2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="HI2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="HJ2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="EU2" s="3" t="s">
-[...6 lines deleted...]
-      <c r="EX2" s="3" t="s">
+      <c r="HK2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="HL2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="HM2" s="2"/>
+      <c r="HN2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="EY2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="FB2" s="3" t="s">
+      <c r="HO2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="HP2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="HQ2" s="2"/>
+      <c r="HR2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="FC2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="FF2" s="3" t="s">
+      <c r="HS2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="HT2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="HU2" s="2"/>
+      <c r="HV2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="FG2" s="3" t="s">
-[...6 lines deleted...]
-      <c r="FJ2" s="3" t="s">
+      <c r="HW2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="HX2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="HY2" s="2"/>
+      <c r="HZ2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="FK2" s="3" t="s">
-[...6 lines deleted...]
-      <c r="FN2" s="3" t="s">
+      <c r="IA2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="IB2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="IC2" s="2"/>
+      <c r="ID2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="FO2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="FR2" s="3" t="s">
+      <c r="IE2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="IF2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="IG2" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="IH2" s="2"/>
+      <c r="II2" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="IJ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="IK2" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="IL2" s="2"/>
+      <c r="IM2" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="IN2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="IO2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="IP2" s="2"/>
+      <c r="IQ2" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="IR2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="IS2" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="IT2" s="2"/>
+      <c r="IU2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="IV2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="IW2" s="2"/>
+      <c r="IX2" s="2"/>
+      <c r="IY2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="IZ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="JA2" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="JB2" s="2"/>
+      <c r="JC2" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="JD2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="JE2" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="JF2" s="2"/>
+      <c r="JG2" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="JH2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="JI2" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="JJ2" s="2"/>
+      <c r="JK2" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="JL2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="JM2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="JN2" s="2"/>
+      <c r="JO2" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="JP2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="JQ2" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="JR2" s="2"/>
+      <c r="JS2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="JT2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="JU2" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="JV2" s="2"/>
+      <c r="JW2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="JX2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="JY2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="JZ2" s="2"/>
+      <c r="KA2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="KB2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="KC2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="KD2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="KE2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="KF2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="KG2" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="KH2" s="2"/>
+      <c r="KI2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="KJ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="KK2" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="KL2" s="2"/>
+      <c r="KM2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="KN2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="KO2" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="KP2" s="2"/>
+      <c r="KQ2" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="KR2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="KS2" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="KT2" s="2"/>
+      <c r="KU2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="KV2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="KW2" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="KX2" s="2"/>
+      <c r="KY2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="KZ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="LA2" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="LB2" s="2"/>
+      <c r="LC2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="LD2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="LE2" s="2"/>
+      <c r="LF2" s="2"/>
+      <c r="LG2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LH2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="LI2" s="2"/>
+      <c r="LJ2" s="2"/>
+      <c r="LK2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LL2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LM2" s="2"/>
+      <c r="LN2" s="2"/>
+      <c r="LO2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LP2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LQ2" s="2"/>
+      <c r="LR2" s="2"/>
+      <c r="LS2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LT2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LU2" s="2"/>
+      <c r="LV2" s="2"/>
+      <c r="LW2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LX2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="LY2" s="2"/>
+      <c r="LZ2" s="2"/>
+      <c r="MA2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MB2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MC2" s="2"/>
+      <c r="MD2" s="2"/>
+      <c r="ME2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MF2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MG2" s="2"/>
+      <c r="MH2" s="2"/>
+      <c r="MI2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MJ2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MK2" s="2"/>
+      <c r="ML2" s="2"/>
+      <c r="MM2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MN2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MO2" s="2"/>
+      <c r="MP2" s="2"/>
+      <c r="MQ2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MR2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MS2" s="2"/>
+      <c r="MT2" s="2"/>
+      <c r="MU2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MV2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="MW2" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="MX2" s="2"/>
+      <c r="MY2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="MZ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="NA2" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="NB2" s="2"/>
+      <c r="NC2" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="ND2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="NE2" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="NF2" s="2"/>
+      <c r="NG2" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="NH2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="NI2" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="NJ2" s="2"/>
+      <c r="NK2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="NL2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="NM2" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="NN2" s="2"/>
+      <c r="NO2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="NP2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="NQ2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="NR2" s="2"/>
+      <c r="NS2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="NT2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="NU2" s="2"/>
+      <c r="NV2" s="2"/>
+      <c r="NW2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="NX2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="NY2" s="2"/>
+      <c r="NZ2" s="2"/>
+      <c r="OA2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="OB2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="OC2" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="OD2" s="2"/>
+      <c r="OE2" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="OF2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="OG2" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="OH2" s="2"/>
+      <c r="OI2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="OJ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="OK2" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="OL2" s="2"/>
+      <c r="OM2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="ON2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="OO2" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="OP2" s="2"/>
+      <c r="OQ2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="OR2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="OS2" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="OT2" s="2"/>
+      <c r="OU2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="OV2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="OW2" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="OX2" s="2"/>
+      <c r="OY2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="OZ2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="PA2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="PB2" s="2"/>
+      <c r="PC2" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="PD2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="PE2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="PF2" s="2"/>
+      <c r="PG2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="PH2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="PI2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="PJ2" s="2"/>
+      <c r="PK2" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="PL2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="PM2" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="PN2" s="2"/>
+      <c r="PO2" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="PP2" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="PQ2" s="2"/>
+      <c r="PR2" s="2"/>
+      <c r="PS2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="PT2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="PU2" s="2"/>
+      <c r="PV2" s="2"/>
+      <c r="PW2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="PX2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="PY2" s="2"/>
+      <c r="PZ2" s="2"/>
+      <c r="QA2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QB2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QC2" s="2"/>
+      <c r="QD2" s="2"/>
+      <c r="QE2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QF2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QG2" s="2"/>
+      <c r="QH2" s="2"/>
+      <c r="QI2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QJ2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QK2" s="2"/>
+      <c r="QL2" s="2"/>
+      <c r="QM2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QN2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QO2" s="2"/>
+      <c r="QP2" s="2"/>
+      <c r="QQ2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QR2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="QS2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="QT2" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="QU2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="FS2" s="3" t="s">
-[...6 lines deleted...]
-      <c r="FV2" s="3" t="s">
+      <c r="QV2" s="2"/>
+      <c r="QW2" s="2"/>
+      <c r="QX2" s="2"/>
+      <c r="QY2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="FW2" s="3" t="s">
-[...6 lines deleted...]
-      <c r="FZ2" s="3" t="s">
+      <c r="QZ2" s="2"/>
+      <c r="RA2" s="2"/>
+      <c r="RB2" s="2"/>
+      <c r="RC2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="GA2" s="3" t="s">
-[...6 lines deleted...]
-      <c r="GD2" s="3" t="s">
+      <c r="RD2" s="2"/>
+      <c r="RE2" s="2"/>
+      <c r="RF2" s="2"/>
+      <c r="RG2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="GE2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="GH2" s="3" t="s">
+      <c r="RH2" s="2"/>
+      <c r="RI2" s="2"/>
+      <c r="RJ2" s="2"/>
+      <c r="RK2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="GI2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="GL2" s="3" t="s">
+      <c r="RL2" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="RM2" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="RN2" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="RO2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="GM2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="GP2" s="3" t="s">
+      <c r="RP2" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="RQ2" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="RR2" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="RS2" s="2"/>
+      <c r="RT2" s="2"/>
+      <c r="RU2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="RV2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="RW2" s="2"/>
+      <c r="RX2" s="2"/>
+      <c r="RY2" s="2"/>
+      <c r="RZ2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="SA2" s="2"/>
+      <c r="SB2" s="2"/>
+      <c r="SC2" s="2"/>
+      <c r="SD2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="SE2" s="2"/>
+      <c r="SF2" s="2"/>
+      <c r="SG2" s="2"/>
+      <c r="SH2" s="2"/>
+      <c r="SI2" s="2"/>
+      <c r="SJ2" s="2"/>
+      <c r="SK2" s="2"/>
+      <c r="SL2" s="2"/>
+      <c r="SM2" s="2"/>
+      <c r="SN2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="SO2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="SP2" s="2"/>
+      <c r="SQ2" s="2"/>
+      <c r="SR2" s="2"/>
+      <c r="SS2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="ST2" s="2"/>
+      <c r="SU2" s="2"/>
+      <c r="SV2" s="2"/>
+      <c r="SW2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="GQ2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="GT2" s="3" t="s">
+      <c r="SX2" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="SY2" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="SZ2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="GU2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="GX2" s="3" t="s">
+      <c r="TA2" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="TB2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="TC2" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="TD2" s="2"/>
+      <c r="TE2" s="2"/>
+      <c r="TF2" s="2"/>
+      <c r="TG2" s="2"/>
+      <c r="TH2" s="2"/>
+      <c r="TI2" s="2"/>
+      <c r="TJ2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="TK2" s="2"/>
+      <c r="TL2" s="2"/>
+      <c r="TM2" s="2"/>
+      <c r="TN2" s="2"/>
+      <c r="TO2" s="2"/>
+      <c r="TP2" s="2"/>
+      <c r="TQ2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="TR2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="TS2" s="2"/>
+      <c r="TT2" s="2"/>
+      <c r="TU2" s="2"/>
+      <c r="TV2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="TW2" s="2"/>
+      <c r="TX2" s="2"/>
+      <c r="TY2" s="2"/>
+      <c r="TZ2" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="UA2" s="2"/>
+      <c r="UB2" s="2"/>
+      <c r="UC2" s="2"/>
+      <c r="UD2" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="GY2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="HB2" s="3" t="s">
+      <c r="UE2" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="UF2" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="UG2" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="UH2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="UI2" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="UJ2" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="UK2" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="UL2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="UM2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="UN2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="UO2" s="2"/>
+      <c r="UP2" s="2"/>
+      <c r="UQ2" s="2"/>
+      <c r="UR2" s="2"/>
+      <c r="US2" s="2"/>
+      <c r="UT2" s="2"/>
+      <c r="UU2" s="2"/>
+      <c r="UV2" s="2"/>
+      <c r="UW2" s="2"/>
+      <c r="UX2" s="2"/>
+      <c r="UY2" s="2"/>
+      <c r="UZ2" s="2"/>
+      <c r="VA2" s="2"/>
+      <c r="VB2" s="2"/>
+      <c r="VC2" s="2"/>
+      <c r="VD2" s="2"/>
+      <c r="VE2" s="2"/>
+      <c r="VF2" s="2"/>
+      <c r="VG2" s="2"/>
+      <c r="VH2" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="VI2" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="VJ2" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="VK2" s="2"/>
+      <c r="VL2" s="2"/>
+      <c r="VM2" s="2"/>
+      <c r="VN2" s="2"/>
+      <c r="VO2" s="2"/>
+      <c r="VP2" s="2"/>
+      <c r="VQ2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="HC2" s="3" t="s">
-[...8 lines deleted...]
-      <c r="HF2" s="3" t="s">
+      <c r="VR2" s="2"/>
+      <c r="VS2" s="2"/>
+      <c r="VT2" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="HG2" s="3" t="s">
-[...824 lines deleted...]
-      <c r="WR2" s="3"/>
+      <c r="VU2" s="2"/>
+      <c r="VV2" s="2"/>
+      <c r="VW2" s="2"/>
+      <c r="VX2" s="2"/>
+      <c r="VY2" s="2"/>
+      <c r="VZ2" s="2"/>
+      <c r="WA2" s="2"/>
+      <c r="WB2" s="2"/>
+      <c r="WC2" s="2"/>
+      <c r="WD2" s="2"/>
+      <c r="WE2" s="2"/>
+      <c r="WF2" s="2"/>
+      <c r="WG2" s="2"/>
+      <c r="WH2" s="2"/>
+      <c r="WI2" s="2"/>
+      <c r="WJ2" s="2"/>
+      <c r="WK2" s="2"/>
+      <c r="WL2" s="2"/>
+      <c r="WM2" s="2"/>
+      <c r="WN2" s="2"/>
+      <c r="WO2" s="2"/>
+      <c r="WP2" s="2"/>
+      <c r="WQ2" s="2"/>
+      <c r="WR2" s="2"/>
     </row>
   </sheetData>
   <conditionalFormatting sqref="W1:W2">
-    <cfRule type="duplicateValues" dxfId="0" priority="1"/>
+    <cfRule type="duplicateValues" dxfId="1" priority="1"/>
+    <cfRule type="duplicateValues" dxfId="0" priority="2"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LU1637618585</vt:lpstr>
     </vt:vector>