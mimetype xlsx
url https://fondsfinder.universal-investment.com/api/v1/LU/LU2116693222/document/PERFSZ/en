--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7811978bbe714603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a793a037548d4e7684245662ac4841d1.psmdcp" Id="R39b80161995d48a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb863fb24cace4d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2950293f58ee42258fd554f4e7ac42a5.psmdcp" Id="R5cd2f8602c184e34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG35" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG35"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG37" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG37"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG35"/>
+  <x:dimension ref="A1:AG37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.840625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.680625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -3189,50 +3189,198 @@
       <x:c r="V35" s="0" t="n">
         <x:v>9829.3004069731</x:v>
       </x:c>
       <x:c r="W35" s="0" t="n">
         <x:v>-0.0170331799</x:v>
       </x:c>
       <x:c r="Z35" s="0" t="n">
         <x:v>10825.0187125724</x:v>
       </x:c>
       <x:c r="AA35" s="0" t="n">
         <x:v>0.0113947638</x:v>
       </x:c>
       <x:c r="AB35" s="0" t="n">
         <x:v>11536.7204042662</x:v>
       </x:c>
       <x:c r="AC35" s="0" t="n">
         <x:v>0.1537152087</x:v>
       </x:c>
       <x:c r="AF35" s="0" t="n">
         <x:v>12186.8438631556</x:v>
       </x:c>
       <x:c r="AG35" s="0" t="n">
         <x:v>0.028661533</x:v>
       </x:c>
     </x:row>
+    <x:row r="36" spans="1:33">
+      <x:c r="A36" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C36" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E36" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G36" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H36" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I36" s="1">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="J36" s="0" t="n">
+        <x:v>7935.3243135232</x:v>
+      </x:c>
+      <x:c r="K36" s="0" t="n">
+        <x:v>-0.2064378761</x:v>
+      </x:c>
+      <x:c r="N36" s="0" t="n">
+        <x:v>7707.470098322</x:v>
+      </x:c>
+      <x:c r="O36" s="0" t="n">
+        <x:v>-0.0365107549</x:v>
+      </x:c>
+      <x:c r="P36" s="0" t="n">
+        <x:v>8060.1714782829</x:v>
+      </x:c>
+      <x:c r="Q36" s="0" t="n">
+        <x:v>-0.1939526925</x:v>
+      </x:c>
+      <x:c r="T36" s="0" t="n">
+        <x:v>9421.2170595883</x:v>
+      </x:c>
+      <x:c r="U36" s="0" t="n">
+        <x:v>-0.0084757899</x:v>
+      </x:c>
+      <x:c r="V36" s="0" t="n">
+        <x:v>9829.3004069731</x:v>
+      </x:c>
+      <x:c r="W36" s="0" t="n">
+        <x:v>-0.0170331799</x:v>
+      </x:c>
+      <x:c r="Z36" s="0" t="n">
+        <x:v>10929.6607447832</x:v>
+      </x:c>
+      <x:c r="AA36" s="0" t="n">
+        <x:v>0.0127857023</x:v>
+      </x:c>
+      <x:c r="AB36" s="0" t="n">
+        <x:v>11536.7204042662</x:v>
+      </x:c>
+      <x:c r="AC36" s="0" t="n">
+        <x:v>0.1537152087</x:v>
+      </x:c>
+      <x:c r="AF36" s="0" t="n">
+        <x:v>12388.390390948</x:v>
+      </x:c>
+      <x:c r="AG36" s="0" t="n">
+        <x:v>0.0310747744</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:33">
+      <x:c r="A37" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E37" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G37" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I37" s="1">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="J37" s="0" t="n">
+        <x:v>7932.9375437634</x:v>
+      </x:c>
+      <x:c r="K37" s="0" t="n">
+        <x:v>-0.206676562</x:v>
+      </x:c>
+      <x:c r="N37" s="0" t="n">
+        <x:v>7669.8188731976</x:v>
+      </x:c>
+      <x:c r="O37" s="0" t="n">
+        <x:v>-0.0371845488</x:v>
+      </x:c>
+      <x:c r="P37" s="0" t="n">
+        <x:v>8060.1714782829</x:v>
+      </x:c>
+      <x:c r="Q37" s="0" t="n">
+        <x:v>-0.1939526925</x:v>
+      </x:c>
+      <x:c r="T37" s="0" t="n">
+        <x:v>9421.2170595883</x:v>
+      </x:c>
+      <x:c r="U37" s="0" t="n">
+        <x:v>-0.0084757899</x:v>
+      </x:c>
+      <x:c r="V37" s="0" t="n">
+        <x:v>9829.3004069731</x:v>
+      </x:c>
+      <x:c r="W37" s="0" t="n">
+        <x:v>-0.0170331799</x:v>
+      </x:c>
+      <x:c r="Z37" s="0" t="n">
+        <x:v>10957.0495953411</x:v>
+      </x:c>
+      <x:c r="AA37" s="0" t="n">
+        <x:v>0.0131478792</x:v>
+      </x:c>
+      <x:c r="AB37" s="0" t="n">
+        <x:v>11536.7204042662</x:v>
+      </x:c>
+      <x:c r="AC37" s="0" t="n">
+        <x:v>0.1537152087</x:v>
+      </x:c>
+      <x:c r="AF37" s="0" t="n">
+        <x:v>12541.9941445221</x:v>
+      </x:c>
+      <x:c r="AG37" s="0" t="n">
+        <x:v>0.0328914726</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>