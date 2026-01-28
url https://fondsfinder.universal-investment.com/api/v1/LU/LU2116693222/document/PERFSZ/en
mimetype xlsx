--- v1 (2025-12-15)
+++ v2 (2026-01-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb863fb24cace4d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2950293f58ee42258fd554f4e7ac42a5.psmdcp" Id="R5cd2f8602c184e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189949dc710843a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cefbdebebff3486cb8347a7f09fc6697.psmdcp" Id="R3e035f1121cd45ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG37" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG37"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG38" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG38"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG37"/>
+  <x:dimension ref="A1:AG38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.840625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.680625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -3337,50 +3337,124 @@
       <x:c r="V37" s="0" t="n">
         <x:v>9829.3004069731</x:v>
       </x:c>
       <x:c r="W37" s="0" t="n">
         <x:v>-0.0170331799</x:v>
       </x:c>
       <x:c r="Z37" s="0" t="n">
         <x:v>10957.0495953411</x:v>
       </x:c>
       <x:c r="AA37" s="0" t="n">
         <x:v>0.0131478792</x:v>
       </x:c>
       <x:c r="AB37" s="0" t="n">
         <x:v>11536.7204042662</x:v>
       </x:c>
       <x:c r="AC37" s="0" t="n">
         <x:v>0.1537152087</x:v>
       </x:c>
       <x:c r="AF37" s="0" t="n">
         <x:v>12541.9941445221</x:v>
       </x:c>
       <x:c r="AG37" s="0" t="n">
         <x:v>0.0328914726</x:v>
       </x:c>
     </x:row>
+    <x:row r="38" spans="1:33">
+      <x:c r="A38" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E38" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G38" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H38" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I38" s="1">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="J38" s="0" t="n">
+        <x:v>7934.850592882</x:v>
+      </x:c>
+      <x:c r="K38" s="0" t="n">
+        <x:v>-0.20648525</x:v>
+      </x:c>
+      <x:c r="N38" s="0" t="n">
+        <x:v>7670.2582893798</x:v>
+      </x:c>
+      <x:c r="O38" s="0" t="n">
+        <x:v>-0.0371766689</x:v>
+      </x:c>
+      <x:c r="P38" s="0" t="n">
+        <x:v>8060.1714782829</x:v>
+      </x:c>
+      <x:c r="Q38" s="0" t="n">
+        <x:v>-0.1939526925</x:v>
+      </x:c>
+      <x:c r="T38" s="0" t="n">
+        <x:v>9421.2170595883</x:v>
+      </x:c>
+      <x:c r="U38" s="0" t="n">
+        <x:v>-0.0084757899</x:v>
+      </x:c>
+      <x:c r="V38" s="0" t="n">
+        <x:v>9829.3004069731</x:v>
+      </x:c>
+      <x:c r="W38" s="0" t="n">
+        <x:v>-0.0170331799</x:v>
+      </x:c>
+      <x:c r="Z38" s="0" t="n">
+        <x:v>10957.0495953411</x:v>
+      </x:c>
+      <x:c r="AA38" s="0" t="n">
+        <x:v>0.0131478792</x:v>
+      </x:c>
+      <x:c r="AB38" s="0" t="n">
+        <x:v>11536.7204042662</x:v>
+      </x:c>
+      <x:c r="AC38" s="0" t="n">
+        <x:v>0.1537152087</x:v>
+      </x:c>
+      <x:c r="AF38" s="0" t="n">
+        <x:v>12711.775590664</x:v>
+      </x:c>
+      <x:c r="AG38" s="0" t="n">
+        <x:v>0.0348774504</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>