--- v2 (2026-01-28)
+++ v3 (2026-03-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189949dc710843a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cefbdebebff3486cb8347a7f09fc6697.psmdcp" Id="R3e035f1121cd45ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b233d96541445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2265bd0c774c4474a9bde99604215dcd.psmdcp" Id="R75e977e15e65462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG38" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG38"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG40" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG40"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG38"/>
+  <x:dimension ref="A1:AG40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="27.840625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.680625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -3135,51 +3135,51 @@
       </x:c>
       <x:c r="AG34" s="0" t="n">
         <x:v>0.0278499138</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:33">
       <x:c r="A35" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D35" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G35" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I35" s="1">
         <x:v>45930</x:v>
       </x:c>
       <x:c r="J35" s="0" t="n">
         <x:v>7934.8942107448</x:v>
       </x:c>
       <x:c r="K35" s="0" t="n">
         <x:v>-0.206480888</x:v>
       </x:c>
       <x:c r="N35" s="0" t="n">
         <x:v>7707.3456317298</x:v>
       </x:c>
       <x:c r="O35" s="0" t="n">
         <x:v>-0.0365129776</x:v>
       </x:c>
       <x:c r="P35" s="0" t="n">
         <x:v>8060.1714782829</x:v>
       </x:c>
       <x:c r="Q35" s="0" t="n">
         <x:v>-0.1939526925</x:v>
       </x:c>
       <x:c r="T35" s="0" t="n">
         <x:v>9421.2170595883</x:v>
       </x:c>
@@ -3357,102 +3357,250 @@
       </x:c>
       <x:c r="AG37" s="0" t="n">
         <x:v>0.0328914726</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:33">
       <x:c r="A38" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D38" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G38" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H38" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I38" s="1">
         <x:v>46021</x:v>
       </x:c>
       <x:c r="J38" s="0" t="n">
-        <x:v>7934.850592882</x:v>
+        <x:v>7934.8225504311</x:v>
       </x:c>
       <x:c r="K38" s="0" t="n">
-        <x:v>-0.20648525</x:v>
+        <x:v>-0.2064880543</x:v>
       </x:c>
       <x:c r="N38" s="0" t="n">
-        <x:v>7670.2582893798</x:v>
+        <x:v>7670.2532629611</x:v>
       </x:c>
       <x:c r="O38" s="0" t="n">
-        <x:v>-0.0371766689</x:v>
+        <x:v>-0.037176759</x:v>
       </x:c>
       <x:c r="P38" s="0" t="n">
         <x:v>8060.1714782829</x:v>
       </x:c>
       <x:c r="Q38" s="0" t="n">
         <x:v>-0.1939526925</x:v>
       </x:c>
       <x:c r="T38" s="0" t="n">
         <x:v>9421.2170595883</x:v>
       </x:c>
       <x:c r="U38" s="0" t="n">
         <x:v>-0.0084757899</x:v>
       </x:c>
       <x:c r="V38" s="0" t="n">
         <x:v>9829.3004069731</x:v>
       </x:c>
       <x:c r="W38" s="0" t="n">
         <x:v>-0.0170331799</x:v>
       </x:c>
       <x:c r="Z38" s="0" t="n">
         <x:v>10957.0495953411</x:v>
       </x:c>
       <x:c r="AA38" s="0" t="n">
         <x:v>0.0131478792</x:v>
       </x:c>
       <x:c r="AB38" s="0" t="n">
         <x:v>11536.7204042662</x:v>
       </x:c>
       <x:c r="AC38" s="0" t="n">
         <x:v>0.1537152087</x:v>
       </x:c>
       <x:c r="AF38" s="0" t="n">
-        <x:v>12711.775590664</x:v>
+        <x:v>12713.9304934044</x:v>
       </x:c>
       <x:c r="AG38" s="0" t="n">
-        <x:v>0.0348774504</x:v>
+        <x:v>0.0349025104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:33">
+      <x:c r="A39" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C39" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I39" s="1">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="n">
+        <x:v>7934.6144045083</x:v>
+      </x:c>
+      <x:c r="K39" s="0" t="n">
+        <x:v>-0.2065088697</x:v>
+      </x:c>
+      <x:c r="N39" s="0" t="n">
+        <x:v>7670.2027786901</x:v>
+      </x:c>
+      <x:c r="O39" s="0" t="n">
+        <x:v>-0.0371776643</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="n">
+        <x:v>8060.1714782829</x:v>
+      </x:c>
+      <x:c r="Q39" s="0" t="n">
+        <x:v>-0.1939526925</x:v>
+      </x:c>
+      <x:c r="T39" s="0" t="n">
+        <x:v>9421.2170595883</x:v>
+      </x:c>
+      <x:c r="U39" s="0" t="n">
+        <x:v>-0.0084757899</x:v>
+      </x:c>
+      <x:c r="V39" s="0" t="n">
+        <x:v>9829.3004069731</x:v>
+      </x:c>
+      <x:c r="W39" s="0" t="n">
+        <x:v>-0.0170331799</x:v>
+      </x:c>
+      <x:c r="Z39" s="0" t="n">
+        <x:v>10957.0495953411</x:v>
+      </x:c>
+      <x:c r="AA39" s="0" t="n">
+        <x:v>0.0131478792</x:v>
+      </x:c>
+      <x:c r="AB39" s="0" t="n">
+        <x:v>11536.7204042662</x:v>
+      </x:c>
+      <x:c r="AC39" s="0" t="n">
+        <x:v>0.1537152087</x:v>
+      </x:c>
+      <x:c r="AF39" s="0" t="n">
+        <x:v>12713.9304934044</x:v>
+      </x:c>
+      <x:c r="AG39" s="0" t="n">
+        <x:v>0.0349025104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:33">
+      <x:c r="A40" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E40" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G40" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H40" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I40" s="1">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="J40" s="0" t="n">
+        <x:v>7934.4501110675</x:v>
+      </x:c>
+      <x:c r="K40" s="0" t="n">
+        <x:v>-0.2065252997</x:v>
+      </x:c>
+      <x:c r="N40" s="0" t="n">
+        <x:v>7670.1730017065</x:v>
+      </x:c>
+      <x:c r="O40" s="0" t="n">
+        <x:v>-0.0371781983</x:v>
+      </x:c>
+      <x:c r="P40" s="0" t="n">
+        <x:v>8060.1714782829</x:v>
+      </x:c>
+      <x:c r="Q40" s="0" t="n">
+        <x:v>-0.1939526925</x:v>
+      </x:c>
+      <x:c r="T40" s="0" t="n">
+        <x:v>9421.2170595883</x:v>
+      </x:c>
+      <x:c r="U40" s="0" t="n">
+        <x:v>-0.0084757899</x:v>
+      </x:c>
+      <x:c r="V40" s="0" t="n">
+        <x:v>9829.3004069731</x:v>
+      </x:c>
+      <x:c r="W40" s="0" t="n">
+        <x:v>-0.0170331799</x:v>
+      </x:c>
+      <x:c r="Z40" s="0" t="n">
+        <x:v>10957.0495953411</x:v>
+      </x:c>
+      <x:c r="AA40" s="0" t="n">
+        <x:v>0.0131478792</x:v>
+      </x:c>
+      <x:c r="AB40" s="0" t="n">
+        <x:v>11536.7204042662</x:v>
+      </x:c>
+      <x:c r="AC40" s="0" t="n">
+        <x:v>0.1537152087</x:v>
+      </x:c>
+      <x:c r="AF40" s="0" t="n">
+        <x:v>12713.9304934045</x:v>
+      </x:c>
+      <x:c r="AG40" s="0" t="n">
+        <x:v>0.0349025104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>