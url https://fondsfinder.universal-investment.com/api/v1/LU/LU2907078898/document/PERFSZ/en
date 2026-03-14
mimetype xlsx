--- v0 (2026-01-12)
+++ v1 (2026-03-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc717ff8ef4430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1287b6c38b0048f483841d31bcbfa3ad.psmdcp" Id="R667fef00c4244022" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206d29b46d584140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ffd0d0a960a49708e1571683bab78d6.psmdcp" Id="R683fcbc90ebc4f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Report" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Manufacturer_Name</x:t>
   </x:si>
   <x:si>
     <x:t>Product_Name</x:t>
   </x:si>
   <x:si>
@@ -122,54 +122,54 @@
   <x:si>
     <x:t>Favourable_HalfRHP_Value</x:t>
   </x:si>
   <x:si>
     <x:t>Favourable_HalfRHP_Average return each year</x:t>
   </x:si>
   <x:si>
     <x:t>Favourable_RHP_Value</x:t>
   </x:si>
   <x:si>
     <x:t>Favourable_RHP_Average return each year</x:t>
   </x:si>
   <x:si>
     <x:t>Universal-Investment-Luxembourg S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>Berenberg Euro IG Credit R D</x:t>
   </x:si>
   <x:si>
     <x:t>LU2907078898</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
+    <x:t>no</x:t>
+  </x:si>
+  <x:si>
     <x:t>yes</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>no</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -199,52 +199,52 @@
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="2">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG13" totalsRowShown="0">
-  <x:autoFilter ref="A1:AG13"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:AG16" totalsRowShown="0">
+  <x:autoFilter ref="A1:AG16"/>
   <x:tableColumns count="33">
     <x:tableColumn id="1" name="Manufacturer_Name"/>
     <x:tableColumn id="2" name="Product_Name"/>
     <x:tableColumn id="3" name="ISIN"/>
     <x:tableColumn id="4" name="Investment_Amount"/>
     <x:tableColumn id="5" name="Currency"/>
     <x:tableColumn id="6" name="HalfRHP(years)"/>
     <x:tableColumn id="7" name="RHP(years)"/>
     <x:tableColumn id="8" name="DisplayedInReleasedPRIIPsKID"/>
     <x:tableColumn id="9" name="ReferenceDate"/>
     <x:tableColumn id="10" name="Stress_1Y_Value"/>
     <x:tableColumn id="11" name="Stress_1Y_Average return each year"/>
     <x:tableColumn id="12" name="Stress_HalfRHP_Value"/>
     <x:tableColumn id="13" name="Stress_HalfRHP_Average return each year"/>
     <x:tableColumn id="14" name="Stress_RHP_Value"/>
     <x:tableColumn id="15" name="Stress_RHP_Average return each year"/>
     <x:tableColumn id="16" name="Unfavourable_1Y_Value"/>
     <x:tableColumn id="17" name="Unfavourable_1Y_Average return each year"/>
     <x:tableColumn id="18" name="Unfavourable_HalfRHP_Value"/>
     <x:tableColumn id="19" name="Unfavourable_HalfRHP_Average return each year"/>
     <x:tableColumn id="20" name="Unfavourable_RHP_Value"/>
     <x:tableColumn id="21" name="Unfavourable_RHP_Average return each year"/>
     <x:tableColumn id="22" name="Moderate_1Y_Value"/>
     <x:tableColumn id="23" name="Moderate_1Y_Average return each year"/>
     <x:tableColumn id="24" name="Moderate_HalfRHP_Value"/>
@@ -531,51 +531,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AG13"/>
+  <x:dimension ref="A1:AG16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="26.530625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.680625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.155425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="12.215425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="17.325425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="13.895425" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="30.205425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="17.255425" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="18.615425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="35.355425" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="23.485425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="40.225425" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="20.065425" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="36.795425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="25.135425" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="41.875425" style="0" customWidth="1"/>
     <x:col min="18" max="18" width="30.015425" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="46.745425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="26.585425" style="0" customWidth="1"/>
@@ -767,51 +767,51 @@
       </x:c>
       <x:c r="AG2" s="0" t="n">
         <x:v>0.014681278</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:33">
       <x:c r="A3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D3" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G3" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I3" s="1">
         <x:v>45688</x:v>
       </x:c>
       <x:c r="J3" s="0" t="n">
         <x:v>7582.3290079272</x:v>
       </x:c>
       <x:c r="K3" s="0" t="n">
         <x:v>-0.2417670992</x:v>
       </x:c>
       <x:c r="N3" s="0" t="n">
         <x:v>7067.3574956414</x:v>
       </x:c>
       <x:c r="O3" s="0" t="n">
         <x:v>-0.0483762018</x:v>
       </x:c>
       <x:c r="P3" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q3" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T3" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -841,51 +841,51 @@
       </x:c>
       <x:c r="AG3" s="0" t="n">
         <x:v>0.014681278</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:33">
       <x:c r="A4" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D4" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G4" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H4" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I4" s="1">
         <x:v>45716</x:v>
       </x:c>
       <x:c r="J4" s="0" t="n">
         <x:v>7662.7017327303</x:v>
       </x:c>
       <x:c r="K4" s="0" t="n">
         <x:v>-0.2337298267</x:v>
       </x:c>
       <x:c r="N4" s="0" t="n">
         <x:v>7213.3146870311</x:v>
       </x:c>
       <x:c r="O4" s="0" t="n">
         <x:v>-0.0455931358</x:v>
       </x:c>
       <x:c r="P4" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q4" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T4" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -915,51 +915,51 @@
       </x:c>
       <x:c r="AG4" s="0" t="n">
         <x:v>0.012311926</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:33">
       <x:c r="A5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D5" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G5" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I5" s="1">
         <x:v>45747</x:v>
       </x:c>
       <x:c r="J5" s="0" t="n">
         <x:v>8149.5455685657</x:v>
       </x:c>
       <x:c r="K5" s="0" t="n">
         <x:v>-0.1850454431</x:v>
       </x:c>
       <x:c r="N5" s="0" t="n">
         <x:v>7272.3044707236</x:v>
       </x:c>
       <x:c r="O5" s="0" t="n">
         <x:v>-0.0444820175</x:v>
       </x:c>
       <x:c r="P5" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q5" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T5" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -989,51 +989,51 @@
       </x:c>
       <x:c r="AG5" s="0" t="n">
         <x:v>0.0119189966</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:33">
       <x:c r="A6" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D6" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G6" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H6" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I6" s="1">
         <x:v>45777</x:v>
       </x:c>
       <x:c r="J6" s="0" t="n">
         <x:v>8148.1863136446</x:v>
       </x:c>
       <x:c r="K6" s="0" t="n">
         <x:v>-0.1851813686</x:v>
       </x:c>
       <x:c r="N6" s="0" t="n">
         <x:v>7271.9043269471</x:v>
       </x:c>
       <x:c r="O6" s="0" t="n">
         <x:v>-0.0444895284</x:v>
       </x:c>
       <x:c r="P6" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q6" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T6" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -1063,51 +1063,51 @@
       </x:c>
       <x:c r="AG6" s="0" t="n">
         <x:v>0.0119189966</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:33">
       <x:c r="A7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D7" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I7" s="1">
         <x:v>45807</x:v>
       </x:c>
       <x:c r="J7" s="0" t="n">
         <x:v>8148.1481132298</x:v>
       </x:c>
       <x:c r="K7" s="0" t="n">
         <x:v>-0.1851851887</x:v>
       </x:c>
       <x:c r="N7" s="0" t="n">
         <x:v>7271.8919178725</x:v>
       </x:c>
       <x:c r="O7" s="0" t="n">
         <x:v>-0.0444897613</x:v>
       </x:c>
       <x:c r="P7" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q7" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T7" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -1137,51 +1137,51 @@
       </x:c>
       <x:c r="AG7" s="0" t="n">
         <x:v>0.0119189966</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:33">
       <x:c r="A8" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D8" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G8" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H8" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I8" s="1">
         <x:v>45838</x:v>
       </x:c>
       <x:c r="J8" s="0" t="n">
         <x:v>8147.8469076473</x:v>
       </x:c>
       <x:c r="K8" s="0" t="n">
         <x:v>-0.1852153092</x:v>
       </x:c>
       <x:c r="N8" s="0" t="n">
         <x:v>7271.8153390404</x:v>
       </x:c>
       <x:c r="O8" s="0" t="n">
         <x:v>-0.0444911988</x:v>
       </x:c>
       <x:c r="P8" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q8" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T8" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -1211,51 +1211,51 @@
       </x:c>
       <x:c r="AG8" s="0" t="n">
         <x:v>0.0119189966</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:33">
       <x:c r="A9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D9" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G9" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I9" s="1">
         <x:v>45869</x:v>
       </x:c>
       <x:c r="J9" s="0" t="n">
         <x:v>8148.0681684833</x:v>
       </x:c>
       <x:c r="K9" s="0" t="n">
         <x:v>-0.1851931832</x:v>
       </x:c>
       <x:c r="N9" s="0" t="n">
         <x:v>7271.8837449885</x:v>
       </x:c>
       <x:c r="O9" s="0" t="n">
         <x:v>-0.0444899148</x:v>
       </x:c>
       <x:c r="P9" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q9" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T9" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -1285,51 +1285,51 @@
       </x:c>
       <x:c r="AG9" s="0" t="n">
         <x:v>0.0119189966</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:33">
       <x:c r="A10" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D10" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G10" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H10" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I10" s="1">
         <x:v>45898</x:v>
       </x:c>
       <x:c r="J10" s="0" t="n">
         <x:v>8148.1017384575</x:v>
       </x:c>
       <x:c r="K10" s="0" t="n">
         <x:v>-0.1851898262</x:v>
       </x:c>
       <x:c r="N10" s="0" t="n">
         <x:v>7271.8887287657</x:v>
       </x:c>
       <x:c r="O10" s="0" t="n">
         <x:v>-0.0444898212</x:v>
       </x:c>
       <x:c r="P10" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q10" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T10" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -1359,51 +1359,51 @@
       </x:c>
       <x:c r="AG10" s="0" t="n">
         <x:v>0.0119189966</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:33">
       <x:c r="A11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D11" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I11" s="1">
         <x:v>45930</x:v>
       </x:c>
       <x:c r="J11" s="0" t="n">
         <x:v>8148.0358431984</x:v>
       </x:c>
       <x:c r="K11" s="0" t="n">
         <x:v>-0.1851964157</x:v>
       </x:c>
       <x:c r="N11" s="0" t="n">
         <x:v>7271.8697155719</x:v>
       </x:c>
       <x:c r="O11" s="0" t="n">
         <x:v>-0.0444901781</x:v>
       </x:c>
       <x:c r="P11" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q11" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T11" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -1433,51 +1433,51 @@
       </x:c>
       <x:c r="AG11" s="0" t="n">
         <x:v>0.0119189966</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:33">
       <x:c r="A12" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D12" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G12" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H12" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I12" s="1">
         <x:v>45961</x:v>
       </x:c>
       <x:c r="J12" s="0" t="n">
         <x:v>8148.0516074353</x:v>
       </x:c>
       <x:c r="K12" s="0" t="n">
         <x:v>-0.1851948393</x:v>
       </x:c>
       <x:c r="N12" s="0" t="n">
         <x:v>7271.8694165486</x:v>
       </x:c>
       <x:c r="O12" s="0" t="n">
         <x:v>-0.0444901837</x:v>
       </x:c>
       <x:c r="P12" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q12" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T12" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -1507,51 +1507,51 @@
       </x:c>
       <x:c r="AG12" s="0" t="n">
         <x:v>0.0119189966</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:33">
       <x:c r="A13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D13" s="0" t="n">
         <x:v>10000</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G13" s="0" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I13" s="1">
         <x:v>45989</x:v>
       </x:c>
       <x:c r="J13" s="0" t="n">
         <x:v>8148.3348225964</x:v>
       </x:c>
       <x:c r="K13" s="0" t="n">
         <x:v>-0.1851665177</x:v>
       </x:c>
       <x:c r="N13" s="0" t="n">
         <x:v>7271.9505026404</x:v>
       </x:c>
       <x:c r="O13" s="0" t="n">
         <x:v>-0.0444886616</x:v>
       </x:c>
       <x:c r="P13" s="0" t="n">
         <x:v>8052.8888305857</x:v>
       </x:c>
       <x:c r="Q13" s="0" t="n">
         <x:v>-0.1947111169</x:v>
       </x:c>
       <x:c r="T13" s="0" t="n">
         <x:v>8288.9361015082</x:v>
       </x:c>
@@ -1559,50 +1559,272 @@
         <x:v>-0.0264528937</x:v>
       </x:c>
       <x:c r="V13" s="0" t="n">
         <x:v>9796.2635370067</x:v>
       </x:c>
       <x:c r="W13" s="0" t="n">
         <x:v>-0.0203736463</x:v>
       </x:c>
       <x:c r="Z13" s="0" t="n">
         <x:v>9063.281804758</x:v>
       </x:c>
       <x:c r="AA13" s="0" t="n">
         <x:v>-0.0139522959</x:v>
       </x:c>
       <x:c r="AB13" s="0" t="n">
         <x:v>10467.816002647</x:v>
       </x:c>
       <x:c r="AC13" s="0" t="n">
         <x:v>0.0467816003</x:v>
       </x:c>
       <x:c r="AF13" s="0" t="n">
         <x:v>10864.762633192</x:v>
       </x:c>
       <x:c r="AG13" s="0" t="n">
         <x:v>0.0119189966</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:33">
+      <x:c r="A14" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E14" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H14" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="I14" s="1">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="J14" s="0" t="n">
+        <x:v>8148.3622872053</x:v>
+      </x:c>
+      <x:c r="K14" s="0" t="n">
+        <x:v>-0.1851637713</x:v>
+      </x:c>
+      <x:c r="N14" s="0" t="n">
+        <x:v>7271.9576603142</x:v>
+      </x:c>
+      <x:c r="O14" s="0" t="n">
+        <x:v>-0.0444885273</x:v>
+      </x:c>
+      <x:c r="P14" s="0" t="n">
+        <x:v>8052.8888305857</x:v>
+      </x:c>
+      <x:c r="Q14" s="0" t="n">
+        <x:v>-0.1947111169</x:v>
+      </x:c>
+      <x:c r="T14" s="0" t="n">
+        <x:v>8288.9361015082</x:v>
+      </x:c>
+      <x:c r="U14" s="0" t="n">
+        <x:v>-0.0264528937</x:v>
+      </x:c>
+      <x:c r="V14" s="0" t="n">
+        <x:v>9796.2635370067</x:v>
+      </x:c>
+      <x:c r="W14" s="0" t="n">
+        <x:v>-0.0203736463</x:v>
+      </x:c>
+      <x:c r="Z14" s="0" t="n">
+        <x:v>9063.281804758</x:v>
+      </x:c>
+      <x:c r="AA14" s="0" t="n">
+        <x:v>-0.0139522959</x:v>
+      </x:c>
+      <x:c r="AB14" s="0" t="n">
+        <x:v>10467.816002647</x:v>
+      </x:c>
+      <x:c r="AC14" s="0" t="n">
+        <x:v>0.0467816003</x:v>
+      </x:c>
+      <x:c r="AF14" s="0" t="n">
+        <x:v>10864.762633192</x:v>
+      </x:c>
+      <x:c r="AG14" s="0" t="n">
+        <x:v>0.0119189966</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:33">
+      <x:c r="A15" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I15" s="1">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="J15" s="0" t="n">
+        <x:v>8148.1386024067</x:v>
+      </x:c>
+      <x:c r="K15" s="0" t="n">
+        <x:v>-0.1851861398</x:v>
+      </x:c>
+      <x:c r="N15" s="0" t="n">
+        <x:v>7271.8919822698</x:v>
+      </x:c>
+      <x:c r="O15" s="0" t="n">
+        <x:v>-0.0444897601</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="n">
+        <x:v>8052.8888305857</x:v>
+      </x:c>
+      <x:c r="Q15" s="0" t="n">
+        <x:v>-0.1947111169</x:v>
+      </x:c>
+      <x:c r="T15" s="0" t="n">
+        <x:v>8288.9361015082</x:v>
+      </x:c>
+      <x:c r="U15" s="0" t="n">
+        <x:v>-0.0264528937</x:v>
+      </x:c>
+      <x:c r="V15" s="0" t="n">
+        <x:v>9796.2635370067</x:v>
+      </x:c>
+      <x:c r="W15" s="0" t="n">
+        <x:v>-0.0203736463</x:v>
+      </x:c>
+      <x:c r="Z15" s="0" t="n">
+        <x:v>9063.281804758</x:v>
+      </x:c>
+      <x:c r="AA15" s="0" t="n">
+        <x:v>-0.0139522959</x:v>
+      </x:c>
+      <x:c r="AB15" s="0" t="n">
+        <x:v>10467.816002647</x:v>
+      </x:c>
+      <x:c r="AC15" s="0" t="n">
+        <x:v>0.0467816003</x:v>
+      </x:c>
+      <x:c r="AF15" s="0" t="n">
+        <x:v>10703.9687557544</x:v>
+      </x:c>
+      <x:c r="AG15" s="0" t="n">
+        <x:v>0.0097658767</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:33">
+      <x:c r="A16" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>10000</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="H16" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I16" s="1">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="J16" s="0" t="n">
+        <x:v>8147.8255930748</x:v>
+      </x:c>
+      <x:c r="K16" s="0" t="n">
+        <x:v>-0.1852174407</x:v>
+      </x:c>
+      <x:c r="N16" s="0" t="n">
+        <x:v>7271.8075171263</x:v>
+      </x:c>
+      <x:c r="O16" s="0" t="n">
+        <x:v>-0.0444913456</x:v>
+      </x:c>
+      <x:c r="P16" s="0" t="n">
+        <x:v>8052.8888305857</x:v>
+      </x:c>
+      <x:c r="Q16" s="0" t="n">
+        <x:v>-0.1947111169</x:v>
+      </x:c>
+      <x:c r="T16" s="0" t="n">
+        <x:v>8288.9361015082</x:v>
+      </x:c>
+      <x:c r="U16" s="0" t="n">
+        <x:v>-0.0264528937</x:v>
+      </x:c>
+      <x:c r="V16" s="0" t="n">
+        <x:v>9796.2635370067</x:v>
+      </x:c>
+      <x:c r="W16" s="0" t="n">
+        <x:v>-0.0203736463</x:v>
+      </x:c>
+      <x:c r="Z16" s="0" t="n">
+        <x:v>9063.281804758</x:v>
+      </x:c>
+      <x:c r="AA16" s="0" t="n">
+        <x:v>-0.0139522959</x:v>
+      </x:c>
+      <x:c r="AB16" s="0" t="n">
+        <x:v>10467.816002647</x:v>
+      </x:c>
+      <x:c r="AC16" s="0" t="n">
+        <x:v>0.0467816003</x:v>
+      </x:c>
+      <x:c r="AF16" s="0" t="n">
+        <x:v>10561.4284577933</x:v>
+      </x:c>
+      <x:c r="AG16" s="0" t="n">
+        <x:v>0.007833875</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>